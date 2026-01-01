--- v0 (2025-10-06)
+++ v1 (2026-01-01)
@@ -1,1092 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2BC32DB6" w14:textId="7A399B15" w:rsidR="00053F66" w:rsidRPr="00824061" w:rsidRDefault="008A56EE" w:rsidP="008E6398">
-[...1008 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1CAC15EA" w14:textId="10D170BA" w:rsidR="00FD3550" w:rsidRPr="00FE6321" w:rsidRDefault="00FD3550" w:rsidP="004D7C01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-896"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk31107089"/>
     </w:p>
     <w:p w14:paraId="714C610C" w14:textId="77777777" w:rsidR="00966C35" w:rsidRDefault="00966C35" w:rsidP="004D7C01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-896"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-317" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -1110,258 +97,452 @@
           </w:tcPr>
           <w:p w14:paraId="1A340F69" w14:textId="77777777" w:rsidR="00966C35" w:rsidRPr="0044134A" w:rsidRDefault="00966C35" w:rsidP="005D6E55">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="000C1DE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CONFIDENTIALITY AND PRIVACY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00966C35" w14:paraId="11E0C51F" w14:textId="77777777" w:rsidTr="005D6E55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA68247" w14:textId="63892014" w:rsidR="00966C35" w:rsidRPr="00D105F1" w:rsidRDefault="00966C35" w:rsidP="005D6E55">
+          <w:p w14:paraId="23F97FA0" w14:textId="0809127C" w:rsidR="00DE015D" w:rsidRDefault="00966C35" w:rsidP="00DE015D">
             <w:pPr>
               <w:ind w:left="7"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+            </w:pPr>
+            <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Property Services</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D105F1">
+              <w:t xml:space="preserve">Jabiru </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC1BEF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ltd will use its best endeavors to keep your Request confidential. Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00637AA5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Property Services</w:t>
+              <w:t>roperty Services</w:t>
             </w:r>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is committed to the protection of your personal information and handling of that information in accordance with the Australian Privacy Principles and the Privacy Act 1988 (Cth) (Privacy Act).  Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+              <w:t xml:space="preserve"> Ltd will use its best endeavors to keep your Request confidential. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E21B64">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Property Services</w:t>
+              <w:t>Jabiru Property Services</w:t>
             </w:r>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will collect personal information about you, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> is committed to the protection of your personal information and handling of that information in accordance with the Australian Privacy Principles and the Privacy Act 1988 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>in the course of</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Cth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> you completing this Request Form and (if applicable) in the course of your tenancy. Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+              <w:t xml:space="preserve">) (Privacy Act). </w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Property </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FF0A39">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Services</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FF0A39" w:rsidRPr="00D105F1">
+              <w:t>Jabiru Property Services</w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>’</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Privacy Policy sets out </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB094C">
+              <w:t xml:space="preserve">will collect personal information about you, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>its</w:t>
-            </w:r>
+              <w:t>in the course of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> procedures for the handling of personal information, and information on seeking access or correction, and about making a complaint, including how complaints will be handled. Should you require a copy of this policy, please email</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D3E21">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> completing this Request Form and (if applicable) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in the course of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your tenancy. </w:t>
+            </w:r>
+            <w:r w:rsidR="0030424A">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Jabiru Property Service</w:t>
+            </w:r>
+            <w:r w:rsidR="001A2617">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Privacy Policy sets out </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB094C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>its</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> procedures for the handling of personal information, and information on seeking access or correction, and about making a complaint, including how complaints will be handled. Should you require a copy of this policy, please email</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3E21">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00F24422" w:rsidRPr="00FF5FF0">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="002D1912" w:rsidRPr="00910549">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>property@jabirupropertyservices.com.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007D3E21">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> By providing Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+              <w:t xml:space="preserve"> By </w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Property Services</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D105F1">
+              <w:t>providin</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB68EA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> with personal information about a third party (e.g. a primary contact) you warrant that that person consents to Jabiru </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00317A98">
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Property Services</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D105F1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> collecting and handling their personal information in accordance with </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB094C">
+              <w:t>Jabiru Property Services</w:t>
+            </w:r>
+            <w:r w:rsidR="005149C6" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with personal information about a third party (e.g. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a primary</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contact) you warrant that that per</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE015D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB68EA" w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB68EA">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA68247" w14:textId="765AC9AB" w:rsidR="00966C35" w:rsidRPr="00D105F1" w:rsidRDefault="001A2617" w:rsidP="005D6E55">
+            <w:pPr>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE015D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>onsents to</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB68EA" w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jabiru</w:t>
+            </w:r>
+            <w:r w:rsidR="00637AA5" w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00637AA5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Property Services</w:t>
+            </w:r>
+            <w:r w:rsidR="00637AA5" w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00966C35" w:rsidRPr="00D105F1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">collecting and handling their personal information in accordance with </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB094C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>its</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D105F1">
+            <w:r w:rsidR="00966C35" w:rsidRPr="00D105F1">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Privacy Policy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF771C" w14:paraId="7C37C963" w14:textId="77777777" w:rsidTr="003E023E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76F6FC3E" w14:textId="19762B24" w:rsidR="00BF771C" w:rsidRPr="005E678F" w:rsidRDefault="00C3595D" w:rsidP="007D0395">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:ind w:left="432" w:hanging="432"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
@@ -1438,130 +619,105 @@
               </w:rPr>
               <w:t xml:space="preserve">Trading </w:t>
             </w:r>
             <w:r w:rsidRPr="007D237A">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00C3595D" w:rsidRPr="007D237A">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="6B6A9BB3" w14:textId="77777777" w:rsidTr="00B653C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4C83F6" w14:textId="2CC04BDD" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="7B4C83F6" w14:textId="1E8C7997" w:rsidR="000927D0" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:color w:val="333333"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="590285584"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9CFCD25E431E45398B906E18D68C6CC5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F94D35" w:rsidRPr="000927D0">
+                <w:r w:rsidR="00F637AE" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="416F71B9" w14:textId="5C42200E" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="416F71B9" w14:textId="6DE3C710" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...24 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="76E59025" w14:textId="77777777" w:rsidTr="003A38A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E40587" w14:textId="43BAAF85" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="00C3595D">
             <w:pPr>
               <w:ind w:left="574" w:hanging="574"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">1.03  </w:t>
             </w:r>
@@ -1595,131 +751,74 @@
               </w:rPr>
               <w:t xml:space="preserve">1.04  </w:t>
             </w:r>
             <w:r w:rsidR="00543AFC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Postal Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="2220F068" w14:textId="77777777" w:rsidTr="00B653C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD7E0F6" w14:textId="4B93830F" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="5FD7E0F6" w14:textId="5520254E" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...29 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77DE3194" w14:textId="18B47F3C" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="77DE3194" w14:textId="0069AE29" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...24 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="4AD089A3" w14:textId="77777777" w:rsidTr="003A38A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B38026" w14:textId="14E5DF8A" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="00C3595D">
             <w:pPr>
               <w:ind w:left="574" w:hanging="574"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B22FDF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
@@ -1760,128 +859,138 @@
               <w:t xml:space="preserve">1.06 </w:t>
             </w:r>
             <w:r w:rsidR="00543AFC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C3595D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Year Establshed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="162BBA80" w14:textId="77777777" w:rsidTr="003A38A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3CFC8B" w14:textId="0FE17DD4" w:rsidR="000927D0" w:rsidRPr="00F0619D" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="3D3CFC8B" w14:textId="0FE17DD4" w:rsidR="000927D0" w:rsidRPr="00F0619D" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i w:val="0"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="2048486038"/>
                 <w:placeholder>
                   <w:docPart w:val="31509F57B29D4A94A2B904EBE916855F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E62782" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B14187" w14:textId="375017E4" w:rsidR="000927D0" w:rsidRPr="003729DB" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="67B14187" w14:textId="375017E4" w:rsidR="000927D0" w:rsidRPr="003729DB" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i w:val="0"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-721373013"/>
                 <w:placeholder>
                   <w:docPart w:val="F0FDBCCBE7D74371B84EE07E1450EC1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007D237A" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C3595D" w14:paraId="38A509E4" w14:textId="77777777" w:rsidTr="00C3595D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DCD1E2" w14:textId="440E2BD3" w:rsidR="00C3595D" w:rsidRPr="00C3595D" w:rsidRDefault="00C3595D" w:rsidP="00543AFC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
@@ -2143,75 +1252,76 @@
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3274" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="261335A4" w14:textId="48B3009D" w:rsidR="000927D0" w:rsidRPr="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="261335A4" w14:textId="48B3009D" w:rsidR="000927D0" w:rsidRPr="000927D0" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i w:val="0"/>
                   <w:iCs/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1499803027"/>
                 <w:placeholder>
                   <w:docPart w:val="0398E9DAA1494A3C98CB254593930C9D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005744C5" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FDA979" w14:textId="35255DC5" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2220,51 +1330,51 @@
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0 Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="235B5915" w14:textId="1DCD5369" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="235B5915" w14:textId="1DCD5369" w:rsidR="000927D0" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="839663268"/>
                 <w:placeholder>
                   <w:docPart w:val="17A66CB0A433489790BA9FF942E46F27"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:cstheme="minorBidi"/>
@@ -2305,75 +1415,76 @@
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Phone/mobile:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3274" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F053AB3" w14:textId="6D29D499" w:rsidR="000927D0" w:rsidRPr="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="6F053AB3" w14:textId="6D29D499" w:rsidR="000927D0" w:rsidRPr="000927D0" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i w:val="0"/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i w:val="0"/>
                   <w:iCs/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-2033722453"/>
                 <w:placeholder>
                   <w:docPart w:val="C1727E0173DB4024977B5AEA61832EE0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005744C5" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A9D93E" w14:textId="46A7FE9A" w:rsidR="000927D0" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2382,71 +1493,72 @@
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFFEEE0" w14:textId="78CDE784" w:rsidR="000927D0" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="2CFFEEE0" w14:textId="78CDE784" w:rsidR="000927D0" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1429503392"/>
                 <w:placeholder>
                   <w:docPart w:val="8EAB81EE8C004D498B69AFCCC6191E42"/>
                 </w:placeholder>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent/>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="47E8E61B" w14:textId="77777777" w:rsidTr="003A38A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34CA1734" w14:textId="7F405651" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="0015048A" w:rsidP="007D0395">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:ind w:left="432" w:hanging="432"/>
               <w:suppressOverlap w:val="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>1C</w:t>
@@ -2495,69 +1607,70 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3274" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7205EF17" w14:textId="7A2ACFED" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="7205EF17" w14:textId="7A2ACFED" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i w:val="0"/>
                   <w:iCs/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-846781454"/>
                 <w:placeholder>
                   <w:docPart w:val="603BB6CC54364E798AC72ED45A592B99"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009B6048" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B22CE7" w14:textId="40CF3C0A" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2571,51 +1684,51 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="16719B52" w14:textId="285DC419" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="16719B52" w14:textId="285DC419" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="290098698"/>
                 <w:placeholder>
                   <w:docPart w:val="1903ADBC8E1844F6BA8A2807C20A7C3C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:cstheme="minorBidi"/>
                   <w:i/>
                   <w:iCs w:val="0"/>
                   <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                   <w:szCs w:val="20"/>
@@ -2657,69 +1770,70 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Phone/mobile:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3274" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="371F7973" w14:textId="45DBBCEB" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="371F7973" w14:textId="45DBBCEB" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:i w:val="0"/>
                   <w:iCs/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1344935947"/>
                 <w:placeholder>
                   <w:docPart w:val="9963694CAECE43C5B37F719A0A1AC31D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D237A" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8310E9" w14:textId="7A0E6AAA" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="000927D0" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2727,51 +1841,51 @@
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0044134A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="382C9635" w14:textId="423A5ED0" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="382C9635" w14:textId="423A5ED0" w:rsidR="000927D0" w:rsidRPr="0044134A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1691525885"/>
                 <w:placeholder>
                   <w:docPart w:val="0F823233B5124F089B97BC67744DA385"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:cstheme="minorBidi"/>
                   <w:i/>
                   <w:iCs w:val="0"/>
                   <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                   <w:szCs w:val="20"/>
@@ -2828,141 +1942,143 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Please indicate if you would prefer</w:t>
             </w:r>
             <w:r w:rsidR="004F6983">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> rental receipts to be sent to the PRIMARY contact and/or ACCOUNTS contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="15FF16E9" w14:textId="77777777" w:rsidTr="009E5854">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5261F5F2" w14:textId="2628C73A" w:rsidR="000927D0" w:rsidRPr="00D07D2A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="5261F5F2" w14:textId="2628C73A" w:rsidR="000927D0" w:rsidRPr="00D07D2A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1377584479"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00737E43">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA7A92" w:rsidRPr="00D07D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000927D0" w:rsidRPr="00D07D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00420CEC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="132538C2" w14:textId="07A3E8F8" w:rsidR="000927D0" w:rsidRPr="00D07D2A" w:rsidRDefault="00000000" w:rsidP="000927D0">
+          <w:p w14:paraId="132538C2" w14:textId="07A3E8F8" w:rsidR="000927D0" w:rsidRPr="00D07D2A" w:rsidRDefault="004166C3" w:rsidP="000927D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1578977129"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00687A39">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA7A92" w:rsidRPr="00D07D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000927D0" w:rsidRPr="00D07D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                 <w:noProof/>
               </w:rPr>
@@ -2978,122 +2094,115 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF771C" w:rsidRPr="00DB562A" w14:paraId="2ED35E1B" w14:textId="77777777" w:rsidTr="005D6E55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25DD1DF7" w14:textId="77777777" w:rsidR="00BF771C" w:rsidRPr="00BF771C" w:rsidRDefault="00BF771C" w:rsidP="005D6E55">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF771C">
               <w:t>END OF SECTION 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DCDEF52" w14:textId="77777777" w:rsidR="00C05338" w:rsidRDefault="00C05338" w:rsidP="00C05338">
       <w:pPr>
-        <w:sectPr w:rsidR="00C05338" w:rsidSect="008E6398">
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId19"/>
+        <w:sectPr w:rsidR="00C05338" w:rsidSect="009E3F37">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1985" w:right="849" w:bottom="993" w:left="851" w:header="680" w:footer="340" w:gutter="0"/>
           <w:cols w:space="708"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="6809" w:type="dxa"/>
         <w:tblInd w:w="3539" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="2556"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A17BF9" w14:paraId="4770B932" w14:textId="77777777" w:rsidTr="00A17BF9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606321DC" w14:textId="75CDD453" w:rsidR="00A17BF9" w:rsidRPr="004D7C01" w:rsidRDefault="001C456A" w:rsidP="00A17BF9">
+          <w:p w14:paraId="606321DC" w14:textId="77777777" w:rsidR="00A17BF9" w:rsidRPr="004D7C01" w:rsidRDefault="00A17BF9" w:rsidP="00A17BF9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004D7C01">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Da</w:t>
-[...7 lines deleted...]
-              <w:t>te of Application:</w:t>
+              <w:t>Date of Application:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2556" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5616E58A" w14:textId="25BA9579" w:rsidR="00A17BF9" w:rsidRPr="004D7C01" w:rsidRDefault="00A17BF9" w:rsidP="00A17BF9">
+          <w:p w14:paraId="5616E58A" w14:textId="24A5EE58" w:rsidR="00A17BF9" w:rsidRPr="004D7C01" w:rsidRDefault="00A17BF9" w:rsidP="00A17BF9">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A7D99BE" w14:textId="77777777" w:rsidR="00C05338" w:rsidRDefault="00C05338" w:rsidP="00C05338">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F7FDB0D" w14:textId="77777777" w:rsidR="0016058C" w:rsidRPr="00A17BF9" w:rsidRDefault="0016058C" w:rsidP="00C05338">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -3165,77 +2274,82 @@
               <w:t>2.01</w:t>
             </w:r>
             <w:r w:rsidR="005E678F" w:rsidRPr="005E678F">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  Provide a summary of </w:t>
             </w:r>
             <w:r w:rsidR="002353C4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>business activities and services delivered by the Applicant:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00002177" w:rsidRPr="00002177" w14:paraId="1544926D" w14:textId="77777777" w:rsidTr="00365798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4182D2" w14:textId="2971CB9A" w:rsidR="00365798" w:rsidRPr="00002177" w:rsidRDefault="00000000" w:rsidP="007D237A">
+          <w:p w14:paraId="3D4182D2" w14:textId="2971CB9A" w:rsidR="00365798" w:rsidRPr="00002177" w:rsidRDefault="004166C3" w:rsidP="007D237A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i w:val="0"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-103042468"/>
                 <w:placeholder>
                   <w:docPart w:val="EDD3CACA9A884318999AC029553970B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00096816" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E7EF6" w14:paraId="5DBC88DD" w14:textId="77777777" w:rsidTr="008C4B83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706B417F" w14:textId="3FD2DE52" w:rsidR="008E7EF6" w:rsidRPr="0016058C" w:rsidRDefault="008E7EF6" w:rsidP="008E7EF6">
             <w:pPr>
               <w:ind w:left="574" w:hanging="574"/>
@@ -3263,73 +2377,78 @@
               <w:t xml:space="preserve"> reason for applying for this</w:t>
             </w:r>
             <w:r w:rsidR="00C21E1C">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Housing Entity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> property/properties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E7EF6" w14:paraId="38C9EBB6" w14:textId="77777777" w:rsidTr="008C4B83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBCCB23" w14:textId="5124920D" w:rsidR="008E7EF6" w:rsidRDefault="00000000" w:rsidP="007D237A">
+          <w:p w14:paraId="6FBCCB23" w14:textId="5124920D" w:rsidR="008E7EF6" w:rsidRDefault="004166C3" w:rsidP="007D237A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1121070018"/>
                 <w:placeholder>
                   <w:docPart w:val="365C7F5915CF49B0B81097902177C3BF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007D237A" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A84E78" w14:paraId="483F01D7" w14:textId="77777777" w:rsidTr="00C11F0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3446,51 +2565,51 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F6FF9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Total number of employees, if different to 2.03:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0353A" w14:paraId="633E2FF7" w14:textId="77777777" w:rsidTr="002F72B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34366B33" w14:textId="4DE20FC6" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00A05088">
+          <w:p w14:paraId="34366B33" w14:textId="4DE20FC6" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00A05088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="574"/>
                 <w:tab w:val="left" w:pos="795"/>
                 <w:tab w:val="left" w:pos="1850"/>
                 <w:tab w:val="left" w:pos="2025"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="502317757"/>
                 <w:placeholder>
                   <w:docPart w:val="0BBC2F2AD8414B268C9B35CFE52543A8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
@@ -3825,51 +2944,51 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FA45DA">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00365798">
               <w:t>Part Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B47A458" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="7B47A458" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="1792007125"/>
                 <w:placeholder>
                   <w:docPart w:val="56C58E17A02E4C4B90EC41B26449F9A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -4002,51 +3121,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:t>Full-Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0678CC31" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="0678CC31" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="453914238"/>
                 <w:placeholder>
                   <w:docPart w:val="8617F57894F8417B94D9ACB7B6B98F15"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -4183,51 +3302,51 @@
                 <w:rStyle w:val="PlaceholderText"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:t>Part Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0353A" w14:paraId="6A56C6E1" w14:textId="77777777" w:rsidTr="009E5854">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C31176" w14:textId="1B9A653A" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00A05088">
+          <w:p w14:paraId="63C31176" w14:textId="1B9A653A" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00A05088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="574"/>
                 <w:tab w:val="left" w:pos="795"/>
                 <w:tab w:val="left" w:pos="1850"/>
                 <w:tab w:val="left" w:pos="2025"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="-1366670975"/>
                 <w:placeholder>
                   <w:docPart w:val="EA25895E2A534773952894267FE5A85C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
@@ -4372,51 +3491,51 @@
                 <w:noProof/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F72B2" w:rsidRPr="00365798">
               <w:t>Casual</w:t>
             </w:r>
             <w:r w:rsidR="002F72B2" w:rsidRPr="00365798">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D81C9F0" w14:textId="635A6A9A" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00A05088">
+          <w:p w14:paraId="4D81C9F0" w14:textId="635A6A9A" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00A05088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="574"/>
                 <w:tab w:val="left" w:pos="795"/>
                 <w:tab w:val="left" w:pos="1850"/>
                 <w:tab w:val="left" w:pos="2025"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="1955049387"/>
                 <w:placeholder>
                   <w:docPart w:val="93BB3DDB7B944A79BA78DCCD463FBBFE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
@@ -4556,51 +3675,51 @@
             </w:r>
             <w:r w:rsidR="00FA45DA">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F72B2" w:rsidRPr="00365798">
               <w:t>Contract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072CCF83" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="072CCF83" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="-10380156"/>
                 <w:placeholder>
                   <w:docPart w:val="41D2D7FAFB584972B71B2BB5004CD6FA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -4739,51 +3858,51 @@
                 <w:noProof/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:t>Casual</w:t>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D218777" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="5D218777" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="-1113287156"/>
                 <w:placeholder>
                   <w:docPart w:val="38029AF88DEB492994D2BF6C1A769656"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -4918,51 +4037,51 @@
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:t>Contract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0353A" w14:paraId="66D620AB" w14:textId="77777777" w:rsidTr="009E5854">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E18A019" w14:textId="22195294" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00A05088">
+          <w:p w14:paraId="1E18A019" w14:textId="22195294" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00A05088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="574"/>
                 <w:tab w:val="left" w:pos="795"/>
                 <w:tab w:val="left" w:pos="1850"/>
                 <w:tab w:val="left" w:pos="2025"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="-400599076"/>
                 <w:placeholder>
                   <w:docPart w:val="E84EB392F9C44CAB8203252F6EFCA775"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
@@ -5101,51 +4220,51 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FA45DA">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F72B2" w:rsidRPr="00365798">
               <w:t>Apprentices/Trainees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C2AA50" w14:textId="28039CE5" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00A05088">
+          <w:p w14:paraId="31C2AA50" w14:textId="28039CE5" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00A05088">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="574"/>
                 <w:tab w:val="left" w:pos="795"/>
                 <w:tab w:val="left" w:pos="1850"/>
                 <w:tab w:val="left" w:pos="2025"/>
               </w:tabs>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="1136222860"/>
                 <w:placeholder>
                   <w:docPart w:val="3EC52850D0CF42A998FD1B4D2340A7A2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
@@ -5284,51 +4403,51 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FA45DA">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F72B2" w:rsidRPr="00365798">
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="140C80A1" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="140C80A1" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="2042156449"/>
                 <w:placeholder>
                   <w:docPart w:val="551378CD54754E5A8B9A223F188AB054"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -5461,51 +4580,51 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:rPr>
                 <w:rFonts w:ascii="Microsoft YaHei UI" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Microsoft YaHei UI"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D0353A" w:rsidRPr="00365798">
               <w:t>Apprentices/Trainees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF517E" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="00000000" w:rsidP="00D0353A">
+          <w:p w14:paraId="3EAF517E" w14:textId="77777777" w:rsidR="00D0353A" w:rsidRPr="00365798" w:rsidRDefault="004166C3" w:rsidP="00D0353A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormTextChar"/>
                 </w:rPr>
                 <w:id w:val="1543550316"/>
                 <w:placeholder>
                   <w:docPart w:val="40F4AF25E23246B49D5C9F060EB314E6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
@@ -5847,51 +4966,51 @@
               </w:rPr>
               <w:t>(2026+)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="71B7D1A0" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1A46D1C6" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>4 Bedroom House</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="29EA5D44" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="29EA5D44" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1441717667"/>
                 <w:placeholder>
                   <w:docPart w:val="6E1EDEE9E1E24B11808BEF35165BB039"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -5986,51 +5105,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F08C65B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="1F08C65B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="550418982"/>
                 <w:placeholder>
                   <w:docPart w:val="97B3C4C7DD394342BF95267CBA6F7CEE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6126,51 +5245,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAE63EE" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="2EAE63EE" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1578280054"/>
                 <w:placeholder>
                   <w:docPart w:val="E47926163A974282A9560ECFE1D4A383"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6265,51 +5384,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="733C7740" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="733C7740" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="441427567"/>
                 <w:placeholder>
                   <w:docPart w:val="B211464AB0594DB6BD7EC2475999BB54"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6419,51 +5538,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="24C84B31" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="33F1DF3C" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>3 Bedroom House</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="610DE13A" w14:textId="4A871BC4" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="610DE13A" w14:textId="4A871BC4" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1327783748"/>
                 <w:placeholder>
                   <w:docPart w:val="B691A627DB0F40A7A753D6CEE8E74E2E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6562,51 +5681,51 @@
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00096816" w:rsidRPr="00090F98">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                     <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C866581" w14:textId="239FA2A4" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="6C866581" w14:textId="239FA2A4" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="51040273"/>
                 <w:placeholder>
                   <w:docPart w:val="34861FBB70134F8A8993E4D5AF3131A5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6706,51 +5825,51 @@
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BA784A" w:rsidRPr="00090F98">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                     <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF0F43B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="7AF0F43B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1956989428"/>
                 <w:placeholder>
                   <w:docPart w:val="25FF2331AFF649378F8844ABCD0FE6C2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6845,51 +5964,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="08D66AB5" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="08D66AB5" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1806882787"/>
                 <w:placeholder>
                   <w:docPart w:val="B43007E817314E02911344FAB7EA1F9F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -6999,51 +6118,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="676DB64F" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="32F95B70" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>2 Bedroom Unit, Duplex or Townhouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="233599DA" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="233599DA" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2136214974"/>
                 <w:placeholder>
                   <w:docPart w:val="8E5FC1B5EB4C4116813A255375158B90"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7138,51 +6257,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5C0295" w14:textId="266299B9" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="5A5C0295" w14:textId="266299B9" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1911040583"/>
                 <w:placeholder>
                   <w:docPart w:val="C5F09F771C474EA581831374C475476C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7282,51 +6401,51 @@
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00096816" w:rsidRPr="00090F98">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                     <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="16DBE56C" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="16DBE56C" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1120259840"/>
                 <w:placeholder>
                   <w:docPart w:val="08D9F3F6B58B44BA8546DAFFBDADB210"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7421,51 +6540,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFD2B2B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="0CFD2B2B" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1417940925"/>
                 <w:placeholder>
                   <w:docPart w:val="C908A3487A434A2BB22C7471862AB077"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7575,51 +6694,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="4E3EB278" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="76F7DC8C" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>1 Bedroom Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD4DDA0" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="1DD4DDA0" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1355501675"/>
                 <w:placeholder>
                   <w:docPart w:val="D5291A2F8B9A475C9FE7DA966A6F3B52"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7714,51 +6833,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A46F2DC" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="0A46F2DC" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1241901904"/>
                 <w:placeholder>
                   <w:docPart w:val="2EEDE9423A7949BA9F14B2403E722817"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7854,51 +6973,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDF8A15" w14:textId="29A1CF3F" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="5EDF8A15" w14:textId="29A1CF3F" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-979849540"/>
                 <w:placeholder>
                   <w:docPart w:val="C2DE362DD6F243F69E1100E04B2BDDCB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -7997,51 +7116,51 @@
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F94D35" w:rsidRPr="00090F98">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
                     <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="40C12F41" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="40C12F41" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1054075752"/>
                 <w:placeholder>
                   <w:docPart w:val="83EBBE304A464CA4951C2456A0662ADB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8151,51 +7270,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="2A603E1A" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="565187F9" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>Transit Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="10DA4842" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="10DA4842" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1526519695"/>
                 <w:placeholder>
                   <w:docPart w:val="837B7C566B674F319CAAA32BCBD561FE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8290,51 +7409,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2112B590" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="2112B590" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-310409693"/>
                 <w:placeholder>
                   <w:docPart w:val="2475EB26BF4B464F91FA725F45906A41"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8430,51 +7549,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="65CC27E2" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="65CC27E2" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1409501324"/>
                 <w:placeholder>
                   <w:docPart w:val="38184AE539C9430FB373DB5F858C93F1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8569,51 +7688,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6422E962" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="6422E962" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2013789804"/>
                 <w:placeholder>
                   <w:docPart w:val="CC47B980DCAE491BABDA35F319C6927D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8723,51 +7842,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w14:paraId="1F527DD3" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3939" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="493B3BB1" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00253152" w:rsidP="00845631">
             <w:r>
               <w:t>Short Term Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="006DE3C0" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="006DE3C0" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-599724434"/>
                 <w:placeholder>
                   <w:docPart w:val="433641DA91C745D3810C3F174DEAAB41"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -8862,51 +7981,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="12C6E630" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="12C6E630" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1910881721"/>
                 <w:placeholder>
                   <w:docPart w:val="3B30E03F297B41B48943FD5C11AA1D6A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9002,51 +8121,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="73798412" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="73798412" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-887035814"/>
                 <w:placeholder>
                   <w:docPart w:val="D7E9950148C84C98BD33EF128524E077"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9141,51 +8260,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00253152" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="17CC9A91" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="17CC9A91" w14:textId="77777777" w:rsidR="00253152" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="697745590"/>
                 <w:placeholder>
                   <w:docPart w:val="70D06D302C7449838B990B01B40E02F9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9305,51 +8424,51 @@
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="78AF8D25" w14:textId="1A12CAF8" w:rsidR="00661E97" w:rsidRPr="00661E97" w:rsidRDefault="00661E97" w:rsidP="00845631">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00661E97">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="01C6ACD2" w14:textId="4A0B53C6" w:rsidR="00661E97" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="01C6ACD2" w14:textId="4A0B53C6" w:rsidR="00661E97" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1561987502"/>
                 <w:placeholder>
                   <w:docPart w:val="CA0EBD7852B04C39A45789729BECE0A1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9444,51 +8563,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00661E97" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE0A8D0" w14:textId="3B102FB0" w:rsidR="00661E97" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="3DE0A8D0" w14:textId="3B102FB0" w:rsidR="00661E97" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1220512174"/>
                 <w:placeholder>
                   <w:docPart w:val="91E3516021DE476A9CAD7B635CFF05AD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9584,51 +8703,51 @@
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00661E97" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB91A10" w14:textId="54CA0D31" w:rsidR="00661E97" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="6EB91A10" w14:textId="54CA0D31" w:rsidR="00661E97" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1595667333"/>
                 <w:placeholder>
                   <w:docPart w:val="E5E64B5D4FC14DEF845AED2933E04570"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9723,51 +8842,51 @@
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Microsoft YaHei UI"/>
                   <w:noProof/>
                   <w:color w:val="4472C4" w:themeColor="accent1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00661E97" w:rsidRPr="005764B1">
                   <w:rPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4E29DB3C" w14:textId="2BEEA52B" w:rsidR="00661E97" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="4E29DB3C" w14:textId="2BEEA52B" w:rsidR="00661E97" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1325935243"/>
                 <w:placeholder>
                   <w:docPart w:val="D3501B3C71FA41338AF7BE3B64449992"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="0" w:value="0"/>
                   <w:listItem w:displayText="1" w:value="1"/>
                   <w:listItem w:displayText="2" w:value="2"/>
                   <w:listItem w:displayText="3" w:value="3"/>
                   <w:listItem w:displayText="4" w:value="4"/>
                   <w:listItem w:displayText="5" w:value="5"/>
                   <w:listItem w:displayText="6" w:value="6"/>
                   <w:listItem w:displayText="7" w:value="7"/>
                   <w:listItem w:displayText="8" w:value="8"/>
                   <w:listItem w:displayText="9" w:value="9"/>
                   <w:listItem w:displayText="10" w:value="10"/>
                   <w:listItem w:displayText="11" w:value="11"/>
                   <w:listItem w:displayText="12" w:value="12"/>
@@ -9887,73 +9006,78 @@
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="325AF71B" w14:textId="41E81DC2" w:rsidR="00661E97" w:rsidRPr="00661E97" w:rsidRDefault="00661E97" w:rsidP="00845631">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other comments:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7D1E63" w14:textId="1918FAD7" w:rsidR="00661E97" w:rsidRDefault="00000000" w:rsidP="00845631">
+          <w:p w14:paraId="2C7D1E63" w14:textId="1918FAD7" w:rsidR="00661E97" w:rsidRDefault="004166C3" w:rsidP="00845631">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i w:val="0"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1988852279"/>
                 <w:placeholder>
                   <w:docPart w:val="4A8789A1FEEC4D6CB2365199EE0D6180"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00527314" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00253152" w:rsidRPr="0014639D" w14:paraId="654FAE83" w14:textId="77777777" w:rsidTr="00845631">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10128,103 +9252,105 @@
               <w:t xml:space="preserve"> applying for</w:t>
             </w:r>
             <w:r w:rsidR="006E1688">
               <w:t xml:space="preserve">.  You may select one </w:t>
             </w:r>
             <w:r w:rsidR="00827A5C">
               <w:t>type</w:t>
             </w:r>
             <w:r w:rsidR="006E1688">
               <w:t xml:space="preserve"> or number multiple boxes in order of preference.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="6D417D1E" w14:textId="77777777" w:rsidTr="00E64C0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="38CB607D" w14:textId="53D7CB63" w:rsidR="000A4CA5" w:rsidRPr="000A4CA5" w:rsidRDefault="00000000" w:rsidP="000501D3">
+          <w:p w14:paraId="38CB607D" w14:textId="53D7CB63" w:rsidR="000A4CA5" w:rsidRPr="000A4CA5" w:rsidRDefault="004166C3" w:rsidP="000501D3">
             <w:pPr>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1838913473"/>
                 <w:placeholder>
                   <w:docPart w:val="A075DB46CFCD46DEB39A58223BEAB50E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00395DA4" w:rsidRPr="00CB5353">
                   <w:rPr>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BF2801">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Select"/>
                 <w:tag w:val="Select"/>
                 <w:id w:val="-1615431478"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="45595B7D2B004872971B1B88CE14F6A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Select"/>
                   <w:listItem w:displayText="1 Bedroom Unit" w:value="1 Bedroom Unit"/>
                   <w:listItem w:displayText="2 Bedroom Unit" w:value="2 Bedroom Unit"/>
                   <w:listItem w:displayText="2 Bedroom Townhouse" w:value="2 Bedroom Townhouse"/>
                   <w:listItem w:displayText="3 Bedroom Townhouse" w:value="3 Bedroom Townhouse"/>
                   <w:listItem w:displayText="3 Bedroom House" w:value="3 Bedroom House"/>
                   <w:listItem w:displayText="4 Bedroom House" w:value="4 Bedroom House"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F94D35" w:rsidRPr="00850EC4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="692316DB" w14:textId="77777777" w:rsidTr="00077C80">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
           </w:tcPr>
@@ -10280,112 +9406,117 @@
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>3.02</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="005B2095">
               <w:t>Please indicate preferred lease duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000927D0" w14:paraId="3FC4C883" w14:textId="77777777" w:rsidTr="0037543B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="315C5F67" w14:textId="3FC2D8D1" w:rsidR="000927D0" w:rsidRPr="007E1258" w:rsidRDefault="00000000" w:rsidP="000501D3">
+          <w:p w14:paraId="315C5F67" w14:textId="2967F32F" w:rsidR="000927D0" w:rsidRPr="007E1258" w:rsidRDefault="004166C3" w:rsidP="000501D3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-150144002"/>
                 <w:placeholder>
                   <w:docPart w:val="EB973FFAD4A848BB8DF1A25ECA1EF1E1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00AE7935" w:rsidRPr="00CB5353">
+                <w:r w:rsidR="00580A35" w:rsidRPr="00CB5353">
                   <w:rPr>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="18"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005B2095">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Lease Duration"/>
                 <w:tag w:val="Lease Duration"/>
                 <w:id w:val="552199382"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="60309DE7AE754EB0B68AA10A8C7352B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="6 Months" w:value="6 Months"/>
                   <w:listItem w:displayText="12 Months" w:value="12 Months"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F94D35" w:rsidRPr="00850EC4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="005B2095">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B2095" w14:paraId="4B825822" w14:textId="77777777" w:rsidTr="005B2095">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
           </w:tcPr>
           <w:p w14:paraId="6588C88B" w14:textId="5C75B24D" w:rsidR="005B2095" w:rsidRPr="005B2095" w:rsidRDefault="005B2095" w:rsidP="00A01AD7">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10423,51 +9554,59 @@
       </w:tr>
       <w:tr w:rsidR="0048451D" w14:paraId="5E535A59" w14:textId="77777777" w:rsidTr="00CB6A3B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="0311C493" w14:textId="64A1D8AF" w:rsidR="0048451D" w:rsidRDefault="0048451D" w:rsidP="00CB6A3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="574" w:hanging="574"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.03</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00CB6A3B">
-              <w:t>Will multiple employees of the Applicant be residing in this property?</w:t>
+              <w:t xml:space="preserve">Will multiple employees of the Applicant </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CB6A3B">
+              <w:t>be residing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CB6A3B">
+              <w:t xml:space="preserve"> in this property?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A775060" w14:textId="5C5A20A9" w:rsidR="0048451D" w:rsidRDefault="00CB6A3B" w:rsidP="006730DF">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="591" w:hanging="591"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.04</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>If YES to 3.03, please advise how many</w:t>
@@ -10489,75 +9628,80 @@
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidR="008C4321">
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">no </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0435743D" w14:textId="54A79C1C" w:rsidR="0048451D" w:rsidRDefault="00000000" w:rsidP="00A01AD7">
+          <w:p w14:paraId="0435743D" w14:textId="54A79C1C" w:rsidR="0048451D" w:rsidRDefault="004166C3" w:rsidP="00A01AD7">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1103410999"/>
                 <w:placeholder>
                   <w:docPart w:val="E28DE3A1C4654C96A77BD7AE85C7A4F3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="005A7747" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048451D" w14:paraId="3204FF63" w14:textId="77777777" w:rsidTr="006730DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="76B7956C" w14:textId="7B2A1601" w:rsidR="0048451D" w:rsidRDefault="00CB6A3B" w:rsidP="006730DF">
@@ -10595,75 +9739,80 @@
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.06</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Is this application for an executive or specialist employment position?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048451D" w14:paraId="6851D0F5" w14:textId="77777777" w:rsidTr="008C4321">
         <w:trPr>
           <w:trHeight w:val="1204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="58A80029" w14:textId="275A9948" w:rsidR="0048451D" w:rsidRDefault="00000000" w:rsidP="00A01AD7">
+          <w:p w14:paraId="58A80029" w14:textId="275A9948" w:rsidR="0048451D" w:rsidRDefault="004166C3" w:rsidP="00A01AD7">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="807980825"/>
                 <w:placeholder>
                   <w:docPart w:val="1D78354DDAC74578A4B6F1F78C620AEE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="005A7747" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="401B09C0" w14:textId="7F1DB37A" w:rsidR="0048451D" w:rsidRDefault="006730DF" w:rsidP="00A01AD7">
             <w:pPr>
               <w:keepNext/>
@@ -10879,50 +10028,51 @@
                   <w:t>Select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A6124A">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:alias w:val="Employment Types"/>
                 <w:tag w:val="Employment Types"/>
                 <w:id w:val="-2125076931"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="88C96087FA4A497092A8620DB7FD3D93"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Casual - please indicate hours per week" w:value="Casual - please indicate hours per week"/>
                   <w:listItem w:displayText="Contract - please indicate contract term" w:value="Contract - please indicate contract term"/>
                   <w:listItem w:displayText="Permanent Part-Time" w:value="Permanent Part-Time"/>
                   <w:listItem w:displayText="Permanent Full-Time (38+ hours per week)" w:value="Permanent Full-Time (38+ hours per week)"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F94D35" w:rsidRPr="00850EC4">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6124A" w14:paraId="480EFE1F" w14:textId="77777777" w:rsidTr="0098273D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="50542B53" w14:textId="603628B4" w:rsidR="00A6124A" w:rsidRDefault="0098273D" w:rsidP="00A01AD7">
             <w:pPr>
@@ -11244,84 +10394,84 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
           </w:tcPr>
           <w:p w14:paraId="53A6FED3" w14:textId="4FF11417" w:rsidR="00BE08ED" w:rsidRPr="009A642B" w:rsidRDefault="00BE08ED" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="574" w:hanging="574"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>OTHER OCCUPANTS OF PROPERTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="661AF9E7" w14:textId="77777777" w:rsidTr="00886429">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="5478B5CA" w14:textId="18E4018F" w:rsidR="00BE08ED" w:rsidRDefault="00BE08ED" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="574" w:hanging="574"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>3.13</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Total number of adults who will be living at the property</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="3DEDC7E9" w14:textId="2886921D" w:rsidR="00BE08ED" w:rsidRDefault="00BE08ED" w:rsidP="00BE08ED">
             <w:pPr>
@@ -11575,122 +10725,132 @@
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="591" w:hanging="591"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.17</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Occupant Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="556B5A05" w14:textId="77777777" w:rsidTr="008C4B83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE36DEF" w14:textId="797E77A1" w:rsidR="00BE08ED" w:rsidRDefault="00000000" w:rsidP="00BE08ED">
+          <w:p w14:paraId="3EE36DEF" w14:textId="797E77A1" w:rsidR="00BE08ED" w:rsidRDefault="004166C3" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="1063460435"/>
                 <w:placeholder>
                   <w:docPart w:val="89668C3E90CA4A7B89DE732E2CA9C742"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F94D35" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0622A2" w14:textId="6FA336A2" w:rsidR="00BE08ED" w:rsidRDefault="00000000" w:rsidP="00BE08ED">
+          <w:p w14:paraId="1B0622A2" w14:textId="6FA336A2" w:rsidR="00BE08ED" w:rsidRDefault="004166C3" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1504961914"/>
                 <w:placeholder>
                   <w:docPart w:val="8C74A6B5B8864A73862809754FEC92A5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BE08ED" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="28EC59EA" w14:textId="77777777" w:rsidTr="00F50526">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
@@ -11700,75 +10860,80 @@
               <w:keepLines/>
               <w:ind w:left="574" w:hanging="574"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.18</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Occupant Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="38D9BB8E" w14:textId="77777777" w:rsidTr="0037543B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1C3994" w14:textId="33271770" w:rsidR="00BE08ED" w:rsidRDefault="00000000" w:rsidP="00BE08ED">
+          <w:p w14:paraId="3F1C3994" w14:textId="33271770" w:rsidR="00BE08ED" w:rsidRDefault="004166C3" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="-1601864524"/>
                 <w:placeholder>
                   <w:docPart w:val="00436A7470F442D5ADFF6B15A9D19E11"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BE08ED" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="10FEC9B1" w14:textId="77777777" w:rsidTr="008C4B83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
           <w:p w14:paraId="101BD9FF" w14:textId="129F94BC" w:rsidR="00BE08ED" w:rsidRDefault="00BE08ED" w:rsidP="00BE08ED">
@@ -11801,183 +10966,193 @@
               <w:keepNext/>
               <w:keepLines/>
               <w:ind w:left="591" w:hanging="591"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>3.20</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Occupant’s Emergency Contact Person’s Number (mobile preferred)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="0B81B686" w14:textId="77777777" w:rsidTr="008C4B83">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2050E3A3" w14:textId="02FE2BAC" w:rsidR="00BE08ED" w:rsidRDefault="00000000" w:rsidP="00BE08ED">
+          <w:p w14:paraId="2050E3A3" w14:textId="02FE2BAC" w:rsidR="00BE08ED" w:rsidRDefault="004166C3" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="693658913"/>
                 <w:placeholder>
                   <w:docPart w:val="E56CCC6847E048658F53EDEEB503B627"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BE08ED" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="32A1FD5D" w14:textId="022BEC03" w:rsidR="00BE08ED" w:rsidRDefault="00000000" w:rsidP="00BE08ED">
+          <w:p w14:paraId="32A1FD5D" w14:textId="022BEC03" w:rsidR="00BE08ED" w:rsidRDefault="004166C3" w:rsidP="00BE08ED">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Type here"/>
                 <w:tag w:val="Type here"/>
                 <w:id w:val="1605295716"/>
                 <w:placeholder>
                   <w:docPart w:val="5A1F7DBC0D8E42628079B1002CC840A3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="PlaceholderText"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00BE08ED" w:rsidRPr="000927D0">
                   <w:rPr>
                     <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Type here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE08ED" w14:paraId="41C4A3D7" w14:textId="77777777" w:rsidTr="004E7639">
         <w:trPr>
           <w:trHeight w:val="643"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453FF5C7" w14:textId="2A64A2D2" w:rsidR="00BE08ED" w:rsidRPr="001C00F7" w:rsidRDefault="00BE08ED" w:rsidP="00BE08ED">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
             </w:pPr>
             <w:r>
               <w:t>END OF SECTION 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FCE5310" w14:textId="77777777" w:rsidR="00966C35" w:rsidRPr="00966C35" w:rsidRDefault="00966C35" w:rsidP="00966C35">
       <w:pPr>
-        <w:sectPr w:rsidR="00966C35" w:rsidRPr="00966C35" w:rsidSect="00C36213">
-          <w:headerReference w:type="first" r:id="rId20"/>
+        <w:sectPr w:rsidR="00966C35" w:rsidRPr="00966C35" w:rsidSect="009E3F37">
+          <w:headerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1985" w:right="849" w:bottom="993" w:left="851" w:header="680" w:footer="340" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D28CD28" w14:textId="77777777" w:rsidR="007D1D6D" w:rsidRPr="009B32DF" w:rsidRDefault="007D1D6D" w:rsidP="009B32DF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3E134CF5" w14:textId="77777777" w:rsidR="00B0252F" w:rsidRPr="00B0252F" w:rsidRDefault="00B0252F" w:rsidP="00B0252F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-317" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -11988,51 +11163,50 @@
       </w:tblGrid>
       <w:tr w:rsidR="00B0252F" w14:paraId="04DA4E49" w14:textId="77777777" w:rsidTr="0050163E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0D0B4"/>
           </w:tcPr>
           <w:p w14:paraId="057C1911" w14:textId="6E432BDB" w:rsidR="00B0252F" w:rsidRDefault="00281333" w:rsidP="0050163E">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">SECTION 4 – COMPLIANCE WITH HOUSING ENTITY RENTAL PROPERTY REQUIREMENTS CHECKLIST </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF4FE6" w14:paraId="4A894460" w14:textId="77777777" w:rsidTr="00FF4FE6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10743" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="352E0F75" w14:textId="77777777" w:rsidR="00FF4FE6" w:rsidRDefault="00FF4FE6" w:rsidP="005D6E55">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">This section aligns with Housing Entity’s </w:t>
             </w:r>
             <w:r w:rsidR="00112BFB">
               <w:rPr>
                 <w:b w:val="0"/>
@@ -12933,51 +12107,51 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.0</w:t>
             </w:r>
             <w:r w:rsidR="00C11F01">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8930" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFE8D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7601273D" w14:textId="359D1DF3" w:rsidR="006F4195" w:rsidRDefault="003F2DFE" w:rsidP="005D6E55">
+          <w:p w14:paraId="7601273D" w14:textId="336F38EE" w:rsidR="006F4195" w:rsidRDefault="003F2DFE" w:rsidP="005D6E55">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="008568C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -13071,98 +12245,78 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>submitting</w:t>
             </w:r>
             <w:r w:rsidR="00F15595">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0057474B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">it to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-              <w:r w:rsidR="007D3E21" w:rsidRPr="00977B23">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidR="005149C6" w:rsidRPr="00D135DB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>p</w:t>
               </w:r>
-              <w:r w:rsidR="007D3E21" w:rsidRPr="00977B23">
+              <w:r w:rsidR="005149C6" w:rsidRPr="00D135DB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>roperty</w:t>
               </w:r>
-              <w:r w:rsidR="007D3E21" w:rsidRPr="00977B23">
+              <w:r w:rsidR="005149C6" w:rsidRPr="00D135DB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>@jabiru</w:t>
-[...19 lines deleted...]
-                <w:t>.com.au</w:t>
+                <w:t>@jabirupropertytservices.com.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0057474B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to enable </w:t>
             </w:r>
             <w:r w:rsidR="008568C5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the Occupa</w:t>
             </w:r>
             <w:r w:rsidR="0057474B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -13569,1063 +12723,361 @@
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">END OF SECTION </w:t>
             </w:r>
             <w:r w:rsidR="00DB562A">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EAC031B" w14:textId="77777777" w:rsidR="007C725D" w:rsidRDefault="007C725D" w:rsidP="000B1523">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06B0E196" w14:textId="77777777" w:rsidR="00D54864" w:rsidRDefault="00D54864" w:rsidP="00926532">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7845"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D54864" w:rsidSect="0070543E">
-      <w:headerReference w:type="default" r:id="rId22"/>
+    <w:sectPr w:rsidR="00D54864" w:rsidSect="009E3F37">
+      <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="849" w:bottom="425" w:left="851" w:header="680" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55C37732" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775" w:rsidP="000C67B6">
+    <w:p w14:paraId="482992CD" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A" w:rsidP="000C67B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="682458E2" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775" w:rsidP="000C67B6">
+    <w:p w14:paraId="3A9608C2" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A" w:rsidP="000C67B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D8C4E70" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775">
+    <w:p w14:paraId="6E663537" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Ink Free">
     <w:panose1 w:val="03080402000500000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei UI">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Daytona">
-    <w:altName w:val="Daytona"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="24F2D9AD" w14:textId="77777777" w:rsidR="001C456A" w:rsidRDefault="001C456A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BE55D7C" w14:textId="35CFDA45" w:rsidR="0040043B" w:rsidRPr="004166C3" w:rsidRDefault="004166C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>REL1333</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="35B423AB" w14:textId="04277CD8" w:rsidR="00920E93" w:rsidRPr="00846E3D" w:rsidRDefault="00920E93" w:rsidP="00341272">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78760F4D" w14:textId="4D87F5F7" w:rsidR="004166C3" w:rsidRPr="004166C3" w:rsidRDefault="004166C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...113 lines deleted...]
-        <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">Form </w:t>
-[...263 lines deleted...]
-      <w:t xml:space="preserve"> or drop into our office.</w:t>
+      <w:t>REL1333</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BDDD126" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775" w:rsidP="000C67B6">
+    <w:p w14:paraId="65BA163A" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A" w:rsidP="000C67B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk19880141"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5198EA8A" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775" w:rsidP="000C67B6">
+    <w:p w14:paraId="53505C5B" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A" w:rsidP="000C67B6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E1911A8" w14:textId="77777777" w:rsidR="00A61775" w:rsidRDefault="00A61775">
+    <w:p w14:paraId="430CBECE" w14:textId="77777777" w:rsidR="00B01B6A" w:rsidRDefault="00B01B6A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...322 lines deleted...]
-  <w:p w14:paraId="7E9ECC7A" w14:textId="7CE47EE7" w:rsidR="00920E93" w:rsidRDefault="00F24422" w:rsidP="00A17BF9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E9ECC7A" w14:textId="3CD43FE8" w:rsidR="00920E93" w:rsidRDefault="00CC48F7" w:rsidP="00A17BF9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="8647"/>
       </w:tabs>
       <w:ind w:left="-709" w:right="-23"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00053F66">
+    <w:r>
       <w:rPr>
+        <w:b/>
         <w:noProof/>
+        <w:color w:val="F95738"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57EEA943" wp14:editId="64E55D86">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16E32671" wp14:editId="12F9EFC9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>31115</wp:posOffset>
+            <wp:posOffset>131984</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-269875</wp:posOffset>
+            <wp:posOffset>-129876</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1885950" cy="1079500"/>
-[...10 lines deleted...]
-          <wp:docPr id="6" name="Picture 6"/>
+          <wp:extent cx="1414732" cy="820160"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="227172222" name="Picture 227172222"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="6" name="Picture 6"/>
+                  <pic:cNvPr id="227172222" name="Picture 227172222"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect l="856" r="856"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1885950" cy="1079500"/>
+                    <a:ext cx="1414732" cy="820160"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln>
-[...6 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00920E93">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00920E93" w:rsidRPr="00053F66">
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t>ALLOCATION REQUEST FORM</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="3481" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="6774" w:type="dxa"/>
       <w:tblBorders>
@@ -14702,186 +13154,171 @@
         <w:p w14:paraId="303BD9DF" w14:textId="77777777" w:rsidR="00920E93" w:rsidRPr="004D7C01" w:rsidRDefault="00920E93" w:rsidP="0044410C">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D7C01">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Date of Application:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2556" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="03221EA6" w14:textId="2AE0C78D" w:rsidR="00920E93" w:rsidRPr="004D7C01" w:rsidRDefault="00920E93" w:rsidP="0044410C">
+        <w:p w14:paraId="03221EA6" w14:textId="1017FEE0" w:rsidR="00920E93" w:rsidRPr="004D7C01" w:rsidRDefault="00920E93" w:rsidP="0044410C">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:r>
-[...10 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="15F1440C" w14:textId="77777777" w:rsidR="00920E93" w:rsidRPr="00A17BF9" w:rsidRDefault="00920E93" w:rsidP="00A17BF9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2430"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="2B7A6F97" w14:textId="12F7807C" w:rsidR="00920E93" w:rsidRDefault="00920E93" w:rsidP="005E678F">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1EE756C5" w14:textId="00EF06A4" w:rsidR="000E33B4" w:rsidRDefault="000E33B4" w:rsidP="005E678F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="right" w:pos="8647"/>
+      </w:tabs>
+      <w:ind w:left="-709" w:right="-23"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:color w:val="F95738"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="2B7A6F97" w14:textId="4299BCA8" w:rsidR="00920E93" w:rsidRDefault="00A104B4" w:rsidP="005E678F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="8647"/>
       </w:tabs>
       <w:ind w:left="-709" w:right="-23"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00920E93">
+    <w:r>
       <w:rPr>
+        <w:b/>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:color w:val="F95738"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30D6882C" wp14:editId="79CBA530">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60048416" wp14:editId="40251D4D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-235585</wp:posOffset>
+            <wp:posOffset>252730</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-269875</wp:posOffset>
+            <wp:posOffset>-233392</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1885950" cy="1079500"/>
-[...10 lines deleted...]
-          <wp:docPr id="7" name="Picture 7"/>
+          <wp:extent cx="1606854" cy="931653"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1902100815" name="Picture 1902100815"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="7" name="Picture 7"/>
+                  <pic:cNvPr id="1902100815" name="Picture 1902100815"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect l="856" r="856"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1885950" cy="1079500"/>
+                    <a:ext cx="1606854" cy="931653"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln>
-[...6 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00920E93">
+    <w:r w:rsidR="00920E93" w:rsidRPr="00920E93">
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:t>RENTAL PROPERTY APPLICATION FORM</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="3481" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="6774" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
@@ -14897,146 +13334,133 @@
         </w:tcPr>
         <w:p w14:paraId="1317B246" w14:textId="61948375" w:rsidR="00920E93" w:rsidRPr="009B4EDE" w:rsidRDefault="00920E93" w:rsidP="005E678F">
           <w:pPr>
             <w:pStyle w:val="Heading3"/>
             <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
             <w:spacing w:before="0" w:after="0"/>
           </w:pPr>
           <w:r>
             <w:t>SECTION 1 – APPLICANT (BUSINESS ENTITY)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2F8413A6" w14:textId="77777777" w:rsidR="00920E93" w:rsidRPr="005E678F" w:rsidRDefault="00920E93" w:rsidP="005E678F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0FD1F1F8" w14:textId="77777777" w:rsidR="00920E93" w:rsidRDefault="00920E93" w:rsidP="005E678F">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FD1F1F8" w14:textId="339EEEC3" w:rsidR="00920E93" w:rsidRDefault="004F5537" w:rsidP="005E678F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="8647"/>
       </w:tabs>
       <w:ind w:left="-709" w:right="-23"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00053F66">
+    <w:r>
       <w:rPr>
+        <w:b/>
         <w:noProof/>
+        <w:color w:val="F95738"/>
+        <w:sz w:val="44"/>
+        <w:szCs w:val="44"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03B6698A" wp14:editId="11E70B34">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="733A74E5" wp14:editId="3FD39AE3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-387985</wp:posOffset>
+            <wp:posOffset>115594</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-365125</wp:posOffset>
+            <wp:posOffset>-129876</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1885950" cy="1079500"/>
-[...10 lines deleted...]
-          <wp:docPr id="9" name="Picture 9"/>
+          <wp:extent cx="1431984" cy="830264"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:wrapNone/>
+          <wp:docPr id="49719760" name="Picture 49719760"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="9" name="Picture 9"/>
+                  <pic:cNvPr id="49719760" name="Picture 49719760"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect l="856" r="856"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1885950" cy="1079500"/>
+                    <a:ext cx="1431984" cy="830264"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln>
-[...6 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00053F66">
+    <w:r w:rsidR="00920E93" w:rsidRPr="00053F66">
       <w:rPr>
         <w:b/>
         <w:color w:val="F95738"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
       <w:t>ALLOCATION REQUEST FORM</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="3481" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
       <w:tblW w:w="6774" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
@@ -15061,62 +13485,108 @@
           </w:r>
           <w:r w:rsidR="00052001">
             <w:t xml:space="preserve">NEEDS </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">&amp; </w:t>
           </w:r>
           <w:r w:rsidR="00052001">
             <w:t>BUSINESS FOOTPRINT</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3C3B2B0B" w14:textId="77777777" w:rsidR="00920E93" w:rsidRPr="005E678F" w:rsidRDefault="00920E93" w:rsidP="005E678F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="43F87692" w14:textId="068CB1C2" w:rsidR="00920E93" w:rsidRPr="00926532" w:rsidRDefault="00920E93" w:rsidP="00926532">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="43F87692" w14:textId="0CCC4995" w:rsidR="00920E93" w:rsidRPr="00926532" w:rsidRDefault="00B4647E" w:rsidP="00926532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="142FA196" wp14:editId="52379D64">
+          <wp:extent cx="1371600" cy="795253"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:docPr id="1033002783" name="Picture 1033002783" descr="A logo for a company&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1033002783" name="Picture 4" descr="A logo for a company&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1376862" cy="798304"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="152A1766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85F208F8"/>
     <w:lvl w:ilvl="0" w:tplc="6024C6BA">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Ink Free" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ink Free" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16417,299 +14887,297 @@
   <w:num w:numId="6" w16cid:durableId="1376196816">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="89355430">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1574928036">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="536504143">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1784180586">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="99109417">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2112890601">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D6E55"/>
     <w:rsid w:val="00001197"/>
     <w:rsid w:val="00002177"/>
     <w:rsid w:val="0000252A"/>
     <w:rsid w:val="00002759"/>
     <w:rsid w:val="000039FB"/>
     <w:rsid w:val="00004F2F"/>
     <w:rsid w:val="00007040"/>
     <w:rsid w:val="00010673"/>
     <w:rsid w:val="000113D6"/>
     <w:rsid w:val="00012A77"/>
     <w:rsid w:val="00012C9D"/>
     <w:rsid w:val="0001369A"/>
     <w:rsid w:val="00015473"/>
     <w:rsid w:val="000170FD"/>
     <w:rsid w:val="000221DC"/>
     <w:rsid w:val="00026CA0"/>
     <w:rsid w:val="000304CC"/>
     <w:rsid w:val="00032A79"/>
     <w:rsid w:val="00032D78"/>
     <w:rsid w:val="00034768"/>
     <w:rsid w:val="0003749A"/>
+    <w:rsid w:val="0003779D"/>
     <w:rsid w:val="00040238"/>
     <w:rsid w:val="00040787"/>
     <w:rsid w:val="000420EA"/>
     <w:rsid w:val="00046BA5"/>
     <w:rsid w:val="00046C3D"/>
     <w:rsid w:val="00046DB4"/>
     <w:rsid w:val="00047B1D"/>
     <w:rsid w:val="00047F3C"/>
     <w:rsid w:val="000501D3"/>
     <w:rsid w:val="00050F19"/>
     <w:rsid w:val="00051A81"/>
     <w:rsid w:val="00052001"/>
     <w:rsid w:val="0005224F"/>
     <w:rsid w:val="000537E0"/>
     <w:rsid w:val="00053F66"/>
     <w:rsid w:val="000542C0"/>
     <w:rsid w:val="00055410"/>
     <w:rsid w:val="00056A9C"/>
     <w:rsid w:val="00061EA4"/>
+    <w:rsid w:val="00062138"/>
     <w:rsid w:val="00063207"/>
     <w:rsid w:val="000635AD"/>
     <w:rsid w:val="00063FB4"/>
     <w:rsid w:val="00064E2B"/>
     <w:rsid w:val="00065CD0"/>
     <w:rsid w:val="0006655A"/>
     <w:rsid w:val="00066CA0"/>
     <w:rsid w:val="0006756D"/>
     <w:rsid w:val="00067CD8"/>
     <w:rsid w:val="00067E03"/>
     <w:rsid w:val="0007208F"/>
     <w:rsid w:val="00074199"/>
     <w:rsid w:val="00074327"/>
     <w:rsid w:val="0007470D"/>
     <w:rsid w:val="000764F2"/>
     <w:rsid w:val="0007768E"/>
     <w:rsid w:val="00077C80"/>
     <w:rsid w:val="0008062B"/>
     <w:rsid w:val="0008183E"/>
     <w:rsid w:val="000831C8"/>
     <w:rsid w:val="0008393A"/>
     <w:rsid w:val="00083F8B"/>
     <w:rsid w:val="00086035"/>
     <w:rsid w:val="00090765"/>
     <w:rsid w:val="000907D8"/>
     <w:rsid w:val="00090F98"/>
     <w:rsid w:val="00091155"/>
-    <w:rsid w:val="0009223A"/>
+    <w:rsid w:val="000922B3"/>
     <w:rsid w:val="000927D0"/>
     <w:rsid w:val="0009392F"/>
     <w:rsid w:val="00093AA7"/>
     <w:rsid w:val="00096816"/>
     <w:rsid w:val="000A0EBB"/>
     <w:rsid w:val="000A1EA3"/>
     <w:rsid w:val="000A1EFB"/>
     <w:rsid w:val="000A324C"/>
     <w:rsid w:val="000A44D0"/>
     <w:rsid w:val="000A4CA5"/>
-    <w:rsid w:val="000A7A2F"/>
     <w:rsid w:val="000A7B32"/>
     <w:rsid w:val="000A7D25"/>
     <w:rsid w:val="000B1523"/>
     <w:rsid w:val="000B1B63"/>
     <w:rsid w:val="000B20EC"/>
     <w:rsid w:val="000B2E29"/>
-    <w:rsid w:val="000B3BCA"/>
     <w:rsid w:val="000B401A"/>
     <w:rsid w:val="000B44B3"/>
     <w:rsid w:val="000B4C44"/>
     <w:rsid w:val="000B50E6"/>
     <w:rsid w:val="000B5F8E"/>
     <w:rsid w:val="000C0306"/>
     <w:rsid w:val="000C1DE0"/>
     <w:rsid w:val="000C2EA8"/>
     <w:rsid w:val="000C370C"/>
     <w:rsid w:val="000C509F"/>
     <w:rsid w:val="000C5E85"/>
     <w:rsid w:val="000C67B6"/>
     <w:rsid w:val="000C6D44"/>
     <w:rsid w:val="000D0584"/>
     <w:rsid w:val="000D0844"/>
     <w:rsid w:val="000D290C"/>
     <w:rsid w:val="000D542D"/>
     <w:rsid w:val="000D5D6C"/>
     <w:rsid w:val="000E1194"/>
-    <w:rsid w:val="000E1C23"/>
     <w:rsid w:val="000E2590"/>
     <w:rsid w:val="000E2B5F"/>
     <w:rsid w:val="000E30EB"/>
     <w:rsid w:val="000E31CB"/>
+    <w:rsid w:val="000E33B4"/>
     <w:rsid w:val="000E4021"/>
     <w:rsid w:val="000E5F2E"/>
     <w:rsid w:val="000E60D1"/>
     <w:rsid w:val="000F061D"/>
     <w:rsid w:val="000F2E8A"/>
     <w:rsid w:val="000F31D3"/>
     <w:rsid w:val="000F60B1"/>
     <w:rsid w:val="000F7F23"/>
+    <w:rsid w:val="00100055"/>
     <w:rsid w:val="00102C6F"/>
     <w:rsid w:val="00104ACC"/>
     <w:rsid w:val="00105FD5"/>
     <w:rsid w:val="00106068"/>
     <w:rsid w:val="0010762A"/>
     <w:rsid w:val="0011092F"/>
     <w:rsid w:val="00112BFB"/>
     <w:rsid w:val="00114725"/>
     <w:rsid w:val="00116785"/>
     <w:rsid w:val="00116912"/>
     <w:rsid w:val="001169CC"/>
     <w:rsid w:val="00122E70"/>
     <w:rsid w:val="00131D84"/>
     <w:rsid w:val="0013277A"/>
     <w:rsid w:val="00132B81"/>
     <w:rsid w:val="00132BCA"/>
-    <w:rsid w:val="001364AF"/>
+    <w:rsid w:val="00133183"/>
     <w:rsid w:val="0014100F"/>
     <w:rsid w:val="00143023"/>
     <w:rsid w:val="00143058"/>
     <w:rsid w:val="00143C30"/>
     <w:rsid w:val="001440A3"/>
     <w:rsid w:val="0014431B"/>
     <w:rsid w:val="0014639D"/>
     <w:rsid w:val="00147854"/>
     <w:rsid w:val="0015048A"/>
     <w:rsid w:val="00150D8C"/>
     <w:rsid w:val="00151B08"/>
     <w:rsid w:val="00153057"/>
     <w:rsid w:val="00153EE6"/>
     <w:rsid w:val="0016058C"/>
     <w:rsid w:val="001624F0"/>
     <w:rsid w:val="001633AA"/>
     <w:rsid w:val="001656A5"/>
     <w:rsid w:val="001676DB"/>
     <w:rsid w:val="00170801"/>
     <w:rsid w:val="0017199A"/>
     <w:rsid w:val="00171B6F"/>
     <w:rsid w:val="00171F1D"/>
     <w:rsid w:val="00172A49"/>
     <w:rsid w:val="00173264"/>
     <w:rsid w:val="00173C83"/>
     <w:rsid w:val="00174497"/>
     <w:rsid w:val="00175B50"/>
     <w:rsid w:val="00175F66"/>
     <w:rsid w:val="00177243"/>
     <w:rsid w:val="00180196"/>
-    <w:rsid w:val="00180712"/>
     <w:rsid w:val="00184C3A"/>
     <w:rsid w:val="0018791E"/>
     <w:rsid w:val="00187E6C"/>
     <w:rsid w:val="001916F3"/>
     <w:rsid w:val="00191C81"/>
     <w:rsid w:val="00192486"/>
     <w:rsid w:val="00192FED"/>
     <w:rsid w:val="00194F38"/>
     <w:rsid w:val="00194FF7"/>
     <w:rsid w:val="00195EDE"/>
     <w:rsid w:val="001962BC"/>
     <w:rsid w:val="00196DE2"/>
     <w:rsid w:val="00197A4D"/>
     <w:rsid w:val="00197F61"/>
     <w:rsid w:val="001A023D"/>
     <w:rsid w:val="001A14CC"/>
     <w:rsid w:val="001A1501"/>
     <w:rsid w:val="001A25D9"/>
+    <w:rsid w:val="001A2617"/>
     <w:rsid w:val="001A7FE6"/>
     <w:rsid w:val="001B1D4B"/>
     <w:rsid w:val="001B1E44"/>
     <w:rsid w:val="001B29F5"/>
     <w:rsid w:val="001B2DE3"/>
     <w:rsid w:val="001B411C"/>
     <w:rsid w:val="001B41C3"/>
     <w:rsid w:val="001B48FD"/>
     <w:rsid w:val="001C00F7"/>
     <w:rsid w:val="001C09B8"/>
     <w:rsid w:val="001C1E29"/>
     <w:rsid w:val="001C3442"/>
-    <w:rsid w:val="001C456A"/>
     <w:rsid w:val="001C4987"/>
     <w:rsid w:val="001C5C12"/>
     <w:rsid w:val="001C6403"/>
     <w:rsid w:val="001C6B95"/>
     <w:rsid w:val="001C6ED6"/>
     <w:rsid w:val="001D066D"/>
     <w:rsid w:val="001D0BB1"/>
     <w:rsid w:val="001D1FF6"/>
     <w:rsid w:val="001D2997"/>
     <w:rsid w:val="001D2F7D"/>
     <w:rsid w:val="001D3030"/>
     <w:rsid w:val="001D4925"/>
-    <w:rsid w:val="001E1551"/>
     <w:rsid w:val="001E35CA"/>
     <w:rsid w:val="001E5908"/>
     <w:rsid w:val="001E6A35"/>
     <w:rsid w:val="001E6E43"/>
     <w:rsid w:val="001E77C3"/>
     <w:rsid w:val="001E7B2B"/>
     <w:rsid w:val="001F088B"/>
     <w:rsid w:val="001F2646"/>
     <w:rsid w:val="001F2A3E"/>
-    <w:rsid w:val="001F3A7C"/>
     <w:rsid w:val="001F3BBC"/>
     <w:rsid w:val="001F6AB9"/>
     <w:rsid w:val="001F707E"/>
     <w:rsid w:val="001F7BFE"/>
     <w:rsid w:val="002004BE"/>
     <w:rsid w:val="0020099D"/>
     <w:rsid w:val="00202B06"/>
     <w:rsid w:val="00203D6F"/>
     <w:rsid w:val="002041C7"/>
     <w:rsid w:val="002113E5"/>
     <w:rsid w:val="00220C06"/>
     <w:rsid w:val="00221652"/>
     <w:rsid w:val="00222835"/>
     <w:rsid w:val="002239E9"/>
     <w:rsid w:val="0022466E"/>
     <w:rsid w:val="00227902"/>
     <w:rsid w:val="00231445"/>
     <w:rsid w:val="0023350D"/>
     <w:rsid w:val="00234E61"/>
     <w:rsid w:val="002353C4"/>
     <w:rsid w:val="002361FC"/>
     <w:rsid w:val="00236DFC"/>
     <w:rsid w:val="00237E15"/>
     <w:rsid w:val="00240A90"/>
     <w:rsid w:val="0024461E"/>
@@ -16741,120 +15209,118 @@
     <w:rsid w:val="00295ABE"/>
     <w:rsid w:val="002A0079"/>
     <w:rsid w:val="002A1415"/>
     <w:rsid w:val="002A24BE"/>
     <w:rsid w:val="002A3A0B"/>
     <w:rsid w:val="002A3E85"/>
     <w:rsid w:val="002A49F8"/>
     <w:rsid w:val="002A4AAE"/>
     <w:rsid w:val="002A5F1C"/>
     <w:rsid w:val="002A63D6"/>
     <w:rsid w:val="002B13D7"/>
     <w:rsid w:val="002B52AE"/>
     <w:rsid w:val="002B5FA1"/>
     <w:rsid w:val="002B66FB"/>
     <w:rsid w:val="002B7A24"/>
     <w:rsid w:val="002C0242"/>
     <w:rsid w:val="002C1FD2"/>
     <w:rsid w:val="002C2A74"/>
     <w:rsid w:val="002C3493"/>
     <w:rsid w:val="002C461F"/>
     <w:rsid w:val="002C49EF"/>
     <w:rsid w:val="002C4E21"/>
     <w:rsid w:val="002C7493"/>
     <w:rsid w:val="002D0730"/>
     <w:rsid w:val="002D0D1B"/>
+    <w:rsid w:val="002D1912"/>
     <w:rsid w:val="002D32F9"/>
     <w:rsid w:val="002D4B5A"/>
     <w:rsid w:val="002D7013"/>
     <w:rsid w:val="002D7B54"/>
     <w:rsid w:val="002E06E0"/>
     <w:rsid w:val="002E08E7"/>
     <w:rsid w:val="002E2366"/>
-    <w:rsid w:val="002E49E0"/>
     <w:rsid w:val="002E4A13"/>
+    <w:rsid w:val="002E716E"/>
     <w:rsid w:val="002E736A"/>
     <w:rsid w:val="002F0B74"/>
     <w:rsid w:val="002F1D16"/>
     <w:rsid w:val="002F1E3E"/>
     <w:rsid w:val="002F1FAB"/>
     <w:rsid w:val="002F4BD5"/>
     <w:rsid w:val="002F543F"/>
     <w:rsid w:val="002F6FF9"/>
     <w:rsid w:val="002F72B2"/>
     <w:rsid w:val="002F7FA0"/>
     <w:rsid w:val="00300ABD"/>
     <w:rsid w:val="00302170"/>
     <w:rsid w:val="00302A3D"/>
+    <w:rsid w:val="0030424A"/>
     <w:rsid w:val="00305818"/>
     <w:rsid w:val="00306176"/>
     <w:rsid w:val="003061A4"/>
     <w:rsid w:val="003079C9"/>
     <w:rsid w:val="0031038D"/>
     <w:rsid w:val="0031331C"/>
     <w:rsid w:val="00313913"/>
     <w:rsid w:val="00314FE8"/>
-    <w:rsid w:val="00317A98"/>
     <w:rsid w:val="00317EE0"/>
     <w:rsid w:val="0032166E"/>
     <w:rsid w:val="00321E95"/>
     <w:rsid w:val="00323544"/>
     <w:rsid w:val="0032379D"/>
     <w:rsid w:val="00324579"/>
     <w:rsid w:val="00324EC1"/>
     <w:rsid w:val="0032693F"/>
     <w:rsid w:val="00326B3D"/>
     <w:rsid w:val="003304E8"/>
     <w:rsid w:val="00330C6F"/>
     <w:rsid w:val="003310CB"/>
     <w:rsid w:val="003325C9"/>
     <w:rsid w:val="00332BF0"/>
     <w:rsid w:val="00332D86"/>
     <w:rsid w:val="003377D3"/>
     <w:rsid w:val="0034043D"/>
     <w:rsid w:val="00340B6F"/>
     <w:rsid w:val="00341272"/>
     <w:rsid w:val="003419CD"/>
     <w:rsid w:val="00341FD4"/>
     <w:rsid w:val="0034602F"/>
     <w:rsid w:val="0034720F"/>
     <w:rsid w:val="00347D66"/>
-    <w:rsid w:val="00347E32"/>
     <w:rsid w:val="00352014"/>
     <w:rsid w:val="00353D8E"/>
     <w:rsid w:val="0035413F"/>
     <w:rsid w:val="0035414D"/>
-    <w:rsid w:val="00354BE0"/>
     <w:rsid w:val="0035509F"/>
     <w:rsid w:val="0035516E"/>
     <w:rsid w:val="00356067"/>
     <w:rsid w:val="00360320"/>
     <w:rsid w:val="00361263"/>
     <w:rsid w:val="00361E4C"/>
     <w:rsid w:val="003653A4"/>
     <w:rsid w:val="00365798"/>
-    <w:rsid w:val="00365968"/>
     <w:rsid w:val="00370C0D"/>
     <w:rsid w:val="00371CB5"/>
     <w:rsid w:val="003729DB"/>
     <w:rsid w:val="003729FF"/>
     <w:rsid w:val="00372FFF"/>
     <w:rsid w:val="003733D2"/>
     <w:rsid w:val="0037543B"/>
     <w:rsid w:val="003768AA"/>
     <w:rsid w:val="00377084"/>
     <w:rsid w:val="0038232A"/>
     <w:rsid w:val="00382D22"/>
     <w:rsid w:val="00385228"/>
     <w:rsid w:val="0038544E"/>
     <w:rsid w:val="00385B31"/>
     <w:rsid w:val="00386401"/>
     <w:rsid w:val="00386D1B"/>
     <w:rsid w:val="0038703D"/>
     <w:rsid w:val="00390637"/>
     <w:rsid w:val="003907F8"/>
     <w:rsid w:val="00390B78"/>
     <w:rsid w:val="00390F20"/>
     <w:rsid w:val="00391C4E"/>
     <w:rsid w:val="00393271"/>
     <w:rsid w:val="00393D60"/>
     <w:rsid w:val="003948F9"/>
@@ -16875,83 +15341,84 @@
     <w:rsid w:val="003B7A3E"/>
     <w:rsid w:val="003C059A"/>
     <w:rsid w:val="003C0B14"/>
     <w:rsid w:val="003C0FE5"/>
     <w:rsid w:val="003C13F0"/>
     <w:rsid w:val="003C5BBB"/>
     <w:rsid w:val="003C63FA"/>
     <w:rsid w:val="003C68D6"/>
     <w:rsid w:val="003D443D"/>
     <w:rsid w:val="003D4950"/>
     <w:rsid w:val="003D4A51"/>
     <w:rsid w:val="003D58E8"/>
     <w:rsid w:val="003E023E"/>
     <w:rsid w:val="003E2E86"/>
     <w:rsid w:val="003E56C3"/>
     <w:rsid w:val="003E59CA"/>
     <w:rsid w:val="003E6BB1"/>
     <w:rsid w:val="003E7CB4"/>
     <w:rsid w:val="003E7E66"/>
     <w:rsid w:val="003F2A35"/>
     <w:rsid w:val="003F2DFE"/>
     <w:rsid w:val="003F3801"/>
     <w:rsid w:val="003F4945"/>
     <w:rsid w:val="003F497B"/>
     <w:rsid w:val="003F6B62"/>
+    <w:rsid w:val="003F7268"/>
     <w:rsid w:val="003F7B1A"/>
     <w:rsid w:val="00400360"/>
+    <w:rsid w:val="0040043B"/>
     <w:rsid w:val="00401474"/>
     <w:rsid w:val="00401AFB"/>
     <w:rsid w:val="00402B7B"/>
     <w:rsid w:val="00404169"/>
     <w:rsid w:val="00405143"/>
     <w:rsid w:val="0040645A"/>
     <w:rsid w:val="00407BBD"/>
     <w:rsid w:val="00407DE5"/>
     <w:rsid w:val="00411E0F"/>
     <w:rsid w:val="00412014"/>
     <w:rsid w:val="00412531"/>
-    <w:rsid w:val="00415D0C"/>
+    <w:rsid w:val="004166C3"/>
     <w:rsid w:val="00417930"/>
     <w:rsid w:val="00420CEC"/>
     <w:rsid w:val="00421B6D"/>
     <w:rsid w:val="00421C7E"/>
     <w:rsid w:val="00423250"/>
     <w:rsid w:val="00423D35"/>
     <w:rsid w:val="0042665D"/>
     <w:rsid w:val="00427235"/>
     <w:rsid w:val="00433591"/>
     <w:rsid w:val="00435DB5"/>
     <w:rsid w:val="0043639A"/>
     <w:rsid w:val="00440FB5"/>
     <w:rsid w:val="0044134A"/>
     <w:rsid w:val="00441D47"/>
     <w:rsid w:val="00442467"/>
     <w:rsid w:val="00442CED"/>
     <w:rsid w:val="00443F7F"/>
     <w:rsid w:val="0044410C"/>
-    <w:rsid w:val="00444B87"/>
     <w:rsid w:val="00446A3D"/>
     <w:rsid w:val="0044719D"/>
     <w:rsid w:val="00447A7B"/>
     <w:rsid w:val="0045023A"/>
     <w:rsid w:val="00451F30"/>
     <w:rsid w:val="00454999"/>
     <w:rsid w:val="00454BDF"/>
     <w:rsid w:val="0046037E"/>
     <w:rsid w:val="00460563"/>
     <w:rsid w:val="00462F82"/>
     <w:rsid w:val="00463159"/>
     <w:rsid w:val="0046373D"/>
     <w:rsid w:val="004649BA"/>
     <w:rsid w:val="00464A1E"/>
     <w:rsid w:val="00467C46"/>
     <w:rsid w:val="00467CE9"/>
     <w:rsid w:val="0047002C"/>
     <w:rsid w:val="00473034"/>
     <w:rsid w:val="00473046"/>
     <w:rsid w:val="004745F7"/>
     <w:rsid w:val="00476537"/>
     <w:rsid w:val="004765F9"/>
     <w:rsid w:val="00476B5A"/>
     <w:rsid w:val="00477C29"/>
     <w:rsid w:val="004801B5"/>
@@ -16984,77 +15451,79 @@
     <w:rsid w:val="004B773B"/>
     <w:rsid w:val="004C395F"/>
     <w:rsid w:val="004C7D46"/>
     <w:rsid w:val="004D0ABD"/>
     <w:rsid w:val="004D2FE7"/>
     <w:rsid w:val="004D3266"/>
     <w:rsid w:val="004D5439"/>
     <w:rsid w:val="004D5950"/>
     <w:rsid w:val="004D6F01"/>
     <w:rsid w:val="004D7C01"/>
     <w:rsid w:val="004E1B73"/>
     <w:rsid w:val="004E3D2E"/>
     <w:rsid w:val="004E3DE5"/>
     <w:rsid w:val="004E4704"/>
     <w:rsid w:val="004E51EC"/>
     <w:rsid w:val="004E5DC1"/>
     <w:rsid w:val="004E6D28"/>
     <w:rsid w:val="004E7639"/>
     <w:rsid w:val="004E7759"/>
     <w:rsid w:val="004F01F5"/>
     <w:rsid w:val="004F0794"/>
     <w:rsid w:val="004F108D"/>
     <w:rsid w:val="004F27CB"/>
     <w:rsid w:val="004F2A75"/>
     <w:rsid w:val="004F53EF"/>
+    <w:rsid w:val="004F5537"/>
     <w:rsid w:val="004F6983"/>
     <w:rsid w:val="005011F3"/>
     <w:rsid w:val="0050163E"/>
     <w:rsid w:val="00501719"/>
     <w:rsid w:val="005020C6"/>
     <w:rsid w:val="005029EE"/>
     <w:rsid w:val="005035B9"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="00506EFF"/>
     <w:rsid w:val="00507BB7"/>
+    <w:rsid w:val="005149C6"/>
     <w:rsid w:val="00514A61"/>
     <w:rsid w:val="0051682C"/>
     <w:rsid w:val="00516E30"/>
     <w:rsid w:val="005170FB"/>
     <w:rsid w:val="005204D4"/>
     <w:rsid w:val="005206A5"/>
     <w:rsid w:val="00522DA3"/>
     <w:rsid w:val="005237F3"/>
     <w:rsid w:val="00526B3D"/>
     <w:rsid w:val="0052714A"/>
     <w:rsid w:val="00527314"/>
     <w:rsid w:val="0052749B"/>
     <w:rsid w:val="005310B4"/>
     <w:rsid w:val="0053255D"/>
     <w:rsid w:val="0053353B"/>
-    <w:rsid w:val="00537F03"/>
     <w:rsid w:val="00537FF0"/>
+    <w:rsid w:val="0054272A"/>
     <w:rsid w:val="00543AFC"/>
     <w:rsid w:val="00543E33"/>
     <w:rsid w:val="00544792"/>
     <w:rsid w:val="005527B6"/>
     <w:rsid w:val="00552E4C"/>
     <w:rsid w:val="0055319C"/>
     <w:rsid w:val="005541F9"/>
     <w:rsid w:val="00556037"/>
     <w:rsid w:val="0055729A"/>
     <w:rsid w:val="0055784B"/>
     <w:rsid w:val="00557D14"/>
     <w:rsid w:val="00560080"/>
     <w:rsid w:val="005609D8"/>
     <w:rsid w:val="005610AD"/>
     <w:rsid w:val="00561A70"/>
     <w:rsid w:val="00563005"/>
     <w:rsid w:val="0056547E"/>
     <w:rsid w:val="00565DA6"/>
     <w:rsid w:val="00567EFC"/>
     <w:rsid w:val="00570535"/>
     <w:rsid w:val="005720DF"/>
     <w:rsid w:val="0057326B"/>
     <w:rsid w:val="00573FE0"/>
     <w:rsid w:val="005744C5"/>
     <w:rsid w:val="0057474B"/>
@@ -17066,147 +15535,147 @@
     <w:rsid w:val="00585471"/>
     <w:rsid w:val="00586A42"/>
     <w:rsid w:val="005916C5"/>
     <w:rsid w:val="00591E9B"/>
     <w:rsid w:val="00594AE3"/>
     <w:rsid w:val="00595D1A"/>
     <w:rsid w:val="00597413"/>
     <w:rsid w:val="005A0428"/>
     <w:rsid w:val="005A100A"/>
     <w:rsid w:val="005A4CE0"/>
     <w:rsid w:val="005A505F"/>
     <w:rsid w:val="005A559B"/>
     <w:rsid w:val="005A68F0"/>
     <w:rsid w:val="005A7747"/>
     <w:rsid w:val="005A77C9"/>
     <w:rsid w:val="005B138F"/>
     <w:rsid w:val="005B1D60"/>
     <w:rsid w:val="005B1F5B"/>
     <w:rsid w:val="005B2095"/>
     <w:rsid w:val="005B2D1D"/>
     <w:rsid w:val="005B3EDA"/>
     <w:rsid w:val="005B4B6C"/>
     <w:rsid w:val="005C04B2"/>
     <w:rsid w:val="005C088E"/>
     <w:rsid w:val="005C4315"/>
-    <w:rsid w:val="005C5340"/>
     <w:rsid w:val="005C7DA2"/>
     <w:rsid w:val="005D1785"/>
     <w:rsid w:val="005D201B"/>
     <w:rsid w:val="005D3226"/>
     <w:rsid w:val="005D33FD"/>
     <w:rsid w:val="005D6E55"/>
     <w:rsid w:val="005D7116"/>
     <w:rsid w:val="005D7CEF"/>
     <w:rsid w:val="005E05A3"/>
     <w:rsid w:val="005E09FC"/>
     <w:rsid w:val="005E4448"/>
     <w:rsid w:val="005E635E"/>
     <w:rsid w:val="005E678F"/>
     <w:rsid w:val="005E7F00"/>
     <w:rsid w:val="005F0D6E"/>
     <w:rsid w:val="005F1B75"/>
+    <w:rsid w:val="005F2B89"/>
     <w:rsid w:val="005F5232"/>
     <w:rsid w:val="005F5A1C"/>
     <w:rsid w:val="005F5DBE"/>
+    <w:rsid w:val="005F71B9"/>
     <w:rsid w:val="005F7A9A"/>
     <w:rsid w:val="00601E18"/>
     <w:rsid w:val="0060399E"/>
     <w:rsid w:val="00606332"/>
     <w:rsid w:val="00607939"/>
     <w:rsid w:val="00607FAD"/>
     <w:rsid w:val="00610D39"/>
     <w:rsid w:val="00612B61"/>
     <w:rsid w:val="00614AEC"/>
     <w:rsid w:val="0061742A"/>
     <w:rsid w:val="00621FA8"/>
     <w:rsid w:val="006222CE"/>
     <w:rsid w:val="00622DDF"/>
     <w:rsid w:val="0062338E"/>
     <w:rsid w:val="006244C6"/>
     <w:rsid w:val="006247CA"/>
     <w:rsid w:val="0062504B"/>
     <w:rsid w:val="00625137"/>
     <w:rsid w:val="006266C6"/>
     <w:rsid w:val="00626F81"/>
     <w:rsid w:val="006305A4"/>
     <w:rsid w:val="00630FC1"/>
     <w:rsid w:val="006311EE"/>
     <w:rsid w:val="0063125E"/>
     <w:rsid w:val="00631D7F"/>
     <w:rsid w:val="006334BC"/>
     <w:rsid w:val="00633A87"/>
     <w:rsid w:val="00634BEC"/>
     <w:rsid w:val="00636D05"/>
+    <w:rsid w:val="00637AA5"/>
     <w:rsid w:val="00640055"/>
     <w:rsid w:val="006403AD"/>
     <w:rsid w:val="00640774"/>
     <w:rsid w:val="006409FC"/>
-    <w:rsid w:val="00642B36"/>
     <w:rsid w:val="006430FD"/>
     <w:rsid w:val="006433FF"/>
     <w:rsid w:val="00644B18"/>
     <w:rsid w:val="00644D60"/>
     <w:rsid w:val="006460E3"/>
     <w:rsid w:val="00647471"/>
     <w:rsid w:val="00647B44"/>
     <w:rsid w:val="006500F0"/>
     <w:rsid w:val="0065039B"/>
     <w:rsid w:val="00651233"/>
     <w:rsid w:val="00651876"/>
     <w:rsid w:val="00651CBF"/>
     <w:rsid w:val="00652C5F"/>
     <w:rsid w:val="00653372"/>
     <w:rsid w:val="00653907"/>
     <w:rsid w:val="00653945"/>
     <w:rsid w:val="00653BA1"/>
     <w:rsid w:val="00653CE9"/>
     <w:rsid w:val="00655477"/>
     <w:rsid w:val="00656315"/>
     <w:rsid w:val="00656EBF"/>
     <w:rsid w:val="00657632"/>
     <w:rsid w:val="0066077B"/>
     <w:rsid w:val="00661E97"/>
     <w:rsid w:val="0066404C"/>
     <w:rsid w:val="00664B45"/>
     <w:rsid w:val="0066627D"/>
     <w:rsid w:val="00666480"/>
     <w:rsid w:val="0066680F"/>
     <w:rsid w:val="00666990"/>
     <w:rsid w:val="0066790F"/>
     <w:rsid w:val="00670481"/>
     <w:rsid w:val="0067125B"/>
     <w:rsid w:val="00671CB0"/>
     <w:rsid w:val="0067271B"/>
     <w:rsid w:val="00672939"/>
     <w:rsid w:val="00672BCE"/>
     <w:rsid w:val="006730DF"/>
     <w:rsid w:val="0067348C"/>
     <w:rsid w:val="00677A1A"/>
     <w:rsid w:val="00680204"/>
     <w:rsid w:val="00681B05"/>
-    <w:rsid w:val="00681DFE"/>
     <w:rsid w:val="00682CE1"/>
     <w:rsid w:val="00682F5B"/>
     <w:rsid w:val="00684B8D"/>
     <w:rsid w:val="00684E53"/>
     <w:rsid w:val="0068559E"/>
     <w:rsid w:val="006868D6"/>
     <w:rsid w:val="0068788D"/>
     <w:rsid w:val="00687A39"/>
     <w:rsid w:val="00687E47"/>
     <w:rsid w:val="006969CB"/>
     <w:rsid w:val="006973C5"/>
     <w:rsid w:val="006A04F6"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A2AC4"/>
     <w:rsid w:val="006A3247"/>
     <w:rsid w:val="006A426E"/>
     <w:rsid w:val="006A57E3"/>
     <w:rsid w:val="006A5A1F"/>
     <w:rsid w:val="006A5D24"/>
     <w:rsid w:val="006A7B70"/>
     <w:rsid w:val="006A7C04"/>
     <w:rsid w:val="006A7EEF"/>
     <w:rsid w:val="006B260C"/>
     <w:rsid w:val="006B2D30"/>
     <w:rsid w:val="006B2ECB"/>
@@ -17265,50 +15734,51 @@
     <w:rsid w:val="0073575F"/>
     <w:rsid w:val="007369D4"/>
     <w:rsid w:val="00737652"/>
     <w:rsid w:val="007377F2"/>
     <w:rsid w:val="00737E43"/>
     <w:rsid w:val="00740DA5"/>
     <w:rsid w:val="007421B3"/>
     <w:rsid w:val="00743B53"/>
     <w:rsid w:val="00743B7A"/>
     <w:rsid w:val="0074527E"/>
     <w:rsid w:val="00745F58"/>
     <w:rsid w:val="00746BC5"/>
     <w:rsid w:val="007476C4"/>
     <w:rsid w:val="00751E76"/>
     <w:rsid w:val="007524F8"/>
     <w:rsid w:val="007529AC"/>
     <w:rsid w:val="00752E69"/>
     <w:rsid w:val="0075374E"/>
     <w:rsid w:val="00756AE2"/>
     <w:rsid w:val="00761F7B"/>
     <w:rsid w:val="00762AB3"/>
     <w:rsid w:val="0076386B"/>
     <w:rsid w:val="0076387E"/>
     <w:rsid w:val="00767859"/>
     <w:rsid w:val="00771FE6"/>
+    <w:rsid w:val="007745FC"/>
     <w:rsid w:val="0077469F"/>
     <w:rsid w:val="007751DB"/>
     <w:rsid w:val="00776526"/>
     <w:rsid w:val="0077658F"/>
     <w:rsid w:val="00777485"/>
     <w:rsid w:val="007779A0"/>
     <w:rsid w:val="0078040C"/>
     <w:rsid w:val="00782A5F"/>
     <w:rsid w:val="0078410A"/>
     <w:rsid w:val="00786016"/>
     <w:rsid w:val="00786800"/>
     <w:rsid w:val="0079038C"/>
     <w:rsid w:val="007919AD"/>
     <w:rsid w:val="00792D4B"/>
     <w:rsid w:val="007948C1"/>
     <w:rsid w:val="00795953"/>
     <w:rsid w:val="00797FC5"/>
     <w:rsid w:val="007A3675"/>
     <w:rsid w:val="007A3934"/>
     <w:rsid w:val="007A3F63"/>
     <w:rsid w:val="007A4AC2"/>
     <w:rsid w:val="007A501B"/>
     <w:rsid w:val="007A5E24"/>
     <w:rsid w:val="007B018A"/>
     <w:rsid w:val="007B23E9"/>
@@ -17325,70 +15795,71 @@
     <w:rsid w:val="007C6B84"/>
     <w:rsid w:val="007C725D"/>
     <w:rsid w:val="007C7933"/>
     <w:rsid w:val="007D0395"/>
     <w:rsid w:val="007D1715"/>
     <w:rsid w:val="007D1D08"/>
     <w:rsid w:val="007D1D6D"/>
     <w:rsid w:val="007D237A"/>
     <w:rsid w:val="007D39DB"/>
     <w:rsid w:val="007D3E21"/>
     <w:rsid w:val="007D42CF"/>
     <w:rsid w:val="007D6CD2"/>
     <w:rsid w:val="007D6ED4"/>
     <w:rsid w:val="007D700C"/>
     <w:rsid w:val="007E00F5"/>
     <w:rsid w:val="007E0667"/>
     <w:rsid w:val="007E098F"/>
     <w:rsid w:val="007E1258"/>
     <w:rsid w:val="007E1751"/>
     <w:rsid w:val="007E2FE0"/>
     <w:rsid w:val="007E416D"/>
     <w:rsid w:val="007E5D87"/>
     <w:rsid w:val="007E75A8"/>
     <w:rsid w:val="007E7B20"/>
     <w:rsid w:val="007F2145"/>
+    <w:rsid w:val="007F34A4"/>
     <w:rsid w:val="007F3895"/>
     <w:rsid w:val="007F4CF6"/>
     <w:rsid w:val="007F6A41"/>
     <w:rsid w:val="007F7ADA"/>
     <w:rsid w:val="00801C03"/>
     <w:rsid w:val="00804E12"/>
     <w:rsid w:val="00806B65"/>
     <w:rsid w:val="00806C6B"/>
     <w:rsid w:val="00816177"/>
     <w:rsid w:val="00816FA0"/>
     <w:rsid w:val="00816FCB"/>
     <w:rsid w:val="00817017"/>
     <w:rsid w:val="0081799D"/>
     <w:rsid w:val="008217B8"/>
     <w:rsid w:val="00824061"/>
     <w:rsid w:val="0082449A"/>
     <w:rsid w:val="0082748A"/>
     <w:rsid w:val="00827A5C"/>
-    <w:rsid w:val="00827E12"/>
     <w:rsid w:val="00830BDF"/>
+    <w:rsid w:val="00831972"/>
     <w:rsid w:val="00832D24"/>
     <w:rsid w:val="00833B0D"/>
     <w:rsid w:val="0083443D"/>
     <w:rsid w:val="00835BB8"/>
     <w:rsid w:val="0083640F"/>
     <w:rsid w:val="00836FD8"/>
     <w:rsid w:val="0083703C"/>
     <w:rsid w:val="00841B94"/>
     <w:rsid w:val="0084291C"/>
     <w:rsid w:val="00843573"/>
     <w:rsid w:val="00843DFD"/>
     <w:rsid w:val="008453AA"/>
     <w:rsid w:val="00845631"/>
     <w:rsid w:val="0084592E"/>
     <w:rsid w:val="00845FE1"/>
     <w:rsid w:val="00846E3D"/>
     <w:rsid w:val="00847217"/>
     <w:rsid w:val="008568C5"/>
     <w:rsid w:val="00856ACB"/>
     <w:rsid w:val="008601A9"/>
     <w:rsid w:val="00861C16"/>
     <w:rsid w:val="00863404"/>
     <w:rsid w:val="00863C15"/>
     <w:rsid w:val="00865EFC"/>
     <w:rsid w:val="00867BD0"/>
@@ -17430,453 +15901,455 @@
     <w:rsid w:val="008C7E36"/>
     <w:rsid w:val="008D2058"/>
     <w:rsid w:val="008D26A7"/>
     <w:rsid w:val="008D4938"/>
     <w:rsid w:val="008D4B48"/>
     <w:rsid w:val="008D5A0C"/>
     <w:rsid w:val="008E6398"/>
     <w:rsid w:val="008E6E60"/>
     <w:rsid w:val="008E7EF6"/>
     <w:rsid w:val="008F0522"/>
     <w:rsid w:val="008F0828"/>
     <w:rsid w:val="008F087F"/>
     <w:rsid w:val="008F1118"/>
     <w:rsid w:val="008F1119"/>
     <w:rsid w:val="008F17FF"/>
     <w:rsid w:val="008F3C21"/>
     <w:rsid w:val="008F647E"/>
     <w:rsid w:val="008F79B3"/>
     <w:rsid w:val="0090202C"/>
     <w:rsid w:val="0090233F"/>
     <w:rsid w:val="00905114"/>
     <w:rsid w:val="00905A1E"/>
     <w:rsid w:val="00906444"/>
     <w:rsid w:val="00906902"/>
     <w:rsid w:val="00906EFD"/>
-    <w:rsid w:val="0091265F"/>
     <w:rsid w:val="00912929"/>
     <w:rsid w:val="00913A8F"/>
     <w:rsid w:val="0091420C"/>
     <w:rsid w:val="009151A3"/>
     <w:rsid w:val="00916B5F"/>
     <w:rsid w:val="00917E03"/>
     <w:rsid w:val="00920E93"/>
     <w:rsid w:val="00922952"/>
     <w:rsid w:val="00924101"/>
     <w:rsid w:val="00924A71"/>
     <w:rsid w:val="009260A0"/>
     <w:rsid w:val="00926532"/>
     <w:rsid w:val="009278D4"/>
     <w:rsid w:val="00927C7A"/>
     <w:rsid w:val="00932BE3"/>
     <w:rsid w:val="00933138"/>
     <w:rsid w:val="00933BDF"/>
     <w:rsid w:val="00935F46"/>
     <w:rsid w:val="009415AB"/>
     <w:rsid w:val="009426E3"/>
     <w:rsid w:val="00943EE3"/>
     <w:rsid w:val="00944359"/>
     <w:rsid w:val="00945C6C"/>
     <w:rsid w:val="00945FE1"/>
     <w:rsid w:val="009521D1"/>
     <w:rsid w:val="009535CD"/>
     <w:rsid w:val="00954730"/>
     <w:rsid w:val="00955AD4"/>
     <w:rsid w:val="009602F2"/>
     <w:rsid w:val="0096078F"/>
     <w:rsid w:val="00961306"/>
     <w:rsid w:val="00961578"/>
     <w:rsid w:val="00962FE9"/>
     <w:rsid w:val="00964335"/>
     <w:rsid w:val="0096515C"/>
     <w:rsid w:val="00966354"/>
     <w:rsid w:val="00966540"/>
     <w:rsid w:val="00966C35"/>
     <w:rsid w:val="00966F4C"/>
     <w:rsid w:val="00967089"/>
     <w:rsid w:val="00970B09"/>
     <w:rsid w:val="009734AE"/>
     <w:rsid w:val="00973E12"/>
+    <w:rsid w:val="00976364"/>
     <w:rsid w:val="00977DDF"/>
     <w:rsid w:val="00977EA3"/>
     <w:rsid w:val="0098081F"/>
     <w:rsid w:val="0098273D"/>
     <w:rsid w:val="00982FDD"/>
     <w:rsid w:val="0098334B"/>
     <w:rsid w:val="009837E9"/>
     <w:rsid w:val="00983D79"/>
     <w:rsid w:val="00984D07"/>
     <w:rsid w:val="00985419"/>
     <w:rsid w:val="00986C26"/>
     <w:rsid w:val="00986FC3"/>
     <w:rsid w:val="00991840"/>
     <w:rsid w:val="00991F00"/>
     <w:rsid w:val="00993319"/>
     <w:rsid w:val="0099395E"/>
     <w:rsid w:val="009964EB"/>
     <w:rsid w:val="00996F64"/>
     <w:rsid w:val="009A1326"/>
     <w:rsid w:val="009A3CC5"/>
     <w:rsid w:val="009A3EAE"/>
     <w:rsid w:val="009A4267"/>
     <w:rsid w:val="009A642B"/>
     <w:rsid w:val="009B1EF2"/>
+    <w:rsid w:val="009B1F35"/>
     <w:rsid w:val="009B32DF"/>
     <w:rsid w:val="009B42DA"/>
     <w:rsid w:val="009B4EDE"/>
     <w:rsid w:val="009B5354"/>
     <w:rsid w:val="009B6048"/>
     <w:rsid w:val="009B72F1"/>
     <w:rsid w:val="009B7662"/>
     <w:rsid w:val="009C0379"/>
     <w:rsid w:val="009C332A"/>
     <w:rsid w:val="009C35FC"/>
     <w:rsid w:val="009C3BEF"/>
     <w:rsid w:val="009C3F86"/>
     <w:rsid w:val="009C617F"/>
     <w:rsid w:val="009D029E"/>
     <w:rsid w:val="009D1861"/>
     <w:rsid w:val="009D2B82"/>
     <w:rsid w:val="009D2C47"/>
     <w:rsid w:val="009D3283"/>
     <w:rsid w:val="009D3B99"/>
-    <w:rsid w:val="009D6ABE"/>
     <w:rsid w:val="009D7A80"/>
     <w:rsid w:val="009E0DCF"/>
     <w:rsid w:val="009E27BB"/>
+    <w:rsid w:val="009E3F37"/>
     <w:rsid w:val="009E462D"/>
     <w:rsid w:val="009E48CC"/>
     <w:rsid w:val="009E5854"/>
     <w:rsid w:val="009F17D7"/>
+    <w:rsid w:val="009F33E7"/>
     <w:rsid w:val="009F49F0"/>
     <w:rsid w:val="00A01AD7"/>
     <w:rsid w:val="00A027AA"/>
     <w:rsid w:val="00A05088"/>
     <w:rsid w:val="00A05D35"/>
     <w:rsid w:val="00A05E98"/>
     <w:rsid w:val="00A06382"/>
     <w:rsid w:val="00A06859"/>
     <w:rsid w:val="00A07C85"/>
     <w:rsid w:val="00A10404"/>
+    <w:rsid w:val="00A104B4"/>
     <w:rsid w:val="00A106B4"/>
     <w:rsid w:val="00A10D8C"/>
     <w:rsid w:val="00A11011"/>
     <w:rsid w:val="00A11823"/>
     <w:rsid w:val="00A11FB5"/>
     <w:rsid w:val="00A11FC9"/>
     <w:rsid w:val="00A12CF9"/>
     <w:rsid w:val="00A12F00"/>
     <w:rsid w:val="00A14301"/>
     <w:rsid w:val="00A15C98"/>
     <w:rsid w:val="00A17BF9"/>
     <w:rsid w:val="00A20BEB"/>
     <w:rsid w:val="00A21179"/>
     <w:rsid w:val="00A21429"/>
-    <w:rsid w:val="00A21519"/>
     <w:rsid w:val="00A2225D"/>
     <w:rsid w:val="00A23189"/>
     <w:rsid w:val="00A23F7B"/>
     <w:rsid w:val="00A25D94"/>
     <w:rsid w:val="00A260BC"/>
     <w:rsid w:val="00A26A69"/>
     <w:rsid w:val="00A26F9F"/>
     <w:rsid w:val="00A273D5"/>
     <w:rsid w:val="00A27E15"/>
     <w:rsid w:val="00A305B7"/>
     <w:rsid w:val="00A30F96"/>
     <w:rsid w:val="00A31B36"/>
     <w:rsid w:val="00A31EAF"/>
     <w:rsid w:val="00A3379E"/>
     <w:rsid w:val="00A33EB6"/>
     <w:rsid w:val="00A34C03"/>
     <w:rsid w:val="00A37F65"/>
     <w:rsid w:val="00A41862"/>
     <w:rsid w:val="00A418CA"/>
+    <w:rsid w:val="00A4222A"/>
     <w:rsid w:val="00A43222"/>
-    <w:rsid w:val="00A44071"/>
     <w:rsid w:val="00A47E1B"/>
     <w:rsid w:val="00A50A52"/>
     <w:rsid w:val="00A52F16"/>
     <w:rsid w:val="00A53091"/>
     <w:rsid w:val="00A53C79"/>
+    <w:rsid w:val="00A5528C"/>
     <w:rsid w:val="00A55A21"/>
     <w:rsid w:val="00A561A0"/>
     <w:rsid w:val="00A56CF6"/>
     <w:rsid w:val="00A574D4"/>
     <w:rsid w:val="00A609B0"/>
     <w:rsid w:val="00A6124A"/>
     <w:rsid w:val="00A613C7"/>
     <w:rsid w:val="00A615FE"/>
-    <w:rsid w:val="00A61775"/>
     <w:rsid w:val="00A64149"/>
     <w:rsid w:val="00A64B6F"/>
     <w:rsid w:val="00A64DD2"/>
     <w:rsid w:val="00A65B0A"/>
     <w:rsid w:val="00A67305"/>
     <w:rsid w:val="00A6779B"/>
     <w:rsid w:val="00A702DB"/>
-    <w:rsid w:val="00A70D1A"/>
     <w:rsid w:val="00A7112B"/>
     <w:rsid w:val="00A72157"/>
     <w:rsid w:val="00A73EA2"/>
     <w:rsid w:val="00A750F4"/>
     <w:rsid w:val="00A75DF9"/>
     <w:rsid w:val="00A7770E"/>
     <w:rsid w:val="00A82EEE"/>
-    <w:rsid w:val="00A84592"/>
     <w:rsid w:val="00A84C43"/>
     <w:rsid w:val="00A84E78"/>
     <w:rsid w:val="00A85AF6"/>
     <w:rsid w:val="00A87A1E"/>
     <w:rsid w:val="00A87E5B"/>
     <w:rsid w:val="00A901A9"/>
-    <w:rsid w:val="00A90715"/>
     <w:rsid w:val="00A92433"/>
     <w:rsid w:val="00A92A15"/>
     <w:rsid w:val="00A93A0C"/>
     <w:rsid w:val="00A95473"/>
     <w:rsid w:val="00A957B9"/>
     <w:rsid w:val="00A958E8"/>
     <w:rsid w:val="00A96AFD"/>
     <w:rsid w:val="00A96D08"/>
     <w:rsid w:val="00AA2145"/>
     <w:rsid w:val="00AA5ED9"/>
     <w:rsid w:val="00AA79E5"/>
     <w:rsid w:val="00AA7A92"/>
     <w:rsid w:val="00AB0639"/>
     <w:rsid w:val="00AB07D4"/>
     <w:rsid w:val="00AB0F67"/>
     <w:rsid w:val="00AB1DA7"/>
     <w:rsid w:val="00AB247C"/>
     <w:rsid w:val="00AB414E"/>
     <w:rsid w:val="00AB51DB"/>
     <w:rsid w:val="00AB544C"/>
     <w:rsid w:val="00AB5CA9"/>
     <w:rsid w:val="00AC3341"/>
     <w:rsid w:val="00AC3F45"/>
     <w:rsid w:val="00AD10F0"/>
     <w:rsid w:val="00AD2D6C"/>
     <w:rsid w:val="00AD46A8"/>
     <w:rsid w:val="00AD510B"/>
     <w:rsid w:val="00AD5CEB"/>
     <w:rsid w:val="00AE2466"/>
     <w:rsid w:val="00AE3514"/>
     <w:rsid w:val="00AE374F"/>
     <w:rsid w:val="00AE381C"/>
     <w:rsid w:val="00AE4502"/>
     <w:rsid w:val="00AE6A1D"/>
     <w:rsid w:val="00AE700C"/>
     <w:rsid w:val="00AE7313"/>
-    <w:rsid w:val="00AE7935"/>
     <w:rsid w:val="00AF1E68"/>
     <w:rsid w:val="00AF6183"/>
     <w:rsid w:val="00AF75CF"/>
     <w:rsid w:val="00AF784A"/>
     <w:rsid w:val="00B0180B"/>
+    <w:rsid w:val="00B01B6A"/>
     <w:rsid w:val="00B0252F"/>
     <w:rsid w:val="00B03CBD"/>
     <w:rsid w:val="00B04F3F"/>
     <w:rsid w:val="00B06A74"/>
     <w:rsid w:val="00B06C52"/>
     <w:rsid w:val="00B07F17"/>
     <w:rsid w:val="00B10726"/>
     <w:rsid w:val="00B11DD6"/>
     <w:rsid w:val="00B13923"/>
     <w:rsid w:val="00B1485D"/>
+    <w:rsid w:val="00B15270"/>
     <w:rsid w:val="00B15D83"/>
     <w:rsid w:val="00B20401"/>
     <w:rsid w:val="00B21A97"/>
     <w:rsid w:val="00B21C21"/>
     <w:rsid w:val="00B22D31"/>
     <w:rsid w:val="00B22FDF"/>
     <w:rsid w:val="00B2447B"/>
     <w:rsid w:val="00B2496C"/>
     <w:rsid w:val="00B26C10"/>
     <w:rsid w:val="00B27C67"/>
     <w:rsid w:val="00B309B3"/>
     <w:rsid w:val="00B34274"/>
     <w:rsid w:val="00B347F5"/>
     <w:rsid w:val="00B35D11"/>
     <w:rsid w:val="00B4212F"/>
     <w:rsid w:val="00B424E5"/>
     <w:rsid w:val="00B42544"/>
     <w:rsid w:val="00B458B9"/>
-    <w:rsid w:val="00B45FA6"/>
+    <w:rsid w:val="00B4647E"/>
     <w:rsid w:val="00B4663A"/>
     <w:rsid w:val="00B47BF8"/>
-    <w:rsid w:val="00B51233"/>
     <w:rsid w:val="00B523F4"/>
     <w:rsid w:val="00B52E80"/>
+    <w:rsid w:val="00B53054"/>
     <w:rsid w:val="00B55121"/>
     <w:rsid w:val="00B55BCC"/>
     <w:rsid w:val="00B56C7C"/>
     <w:rsid w:val="00B6005F"/>
     <w:rsid w:val="00B62924"/>
     <w:rsid w:val="00B62F94"/>
     <w:rsid w:val="00B63978"/>
     <w:rsid w:val="00B653C7"/>
     <w:rsid w:val="00B6596E"/>
     <w:rsid w:val="00B65D79"/>
     <w:rsid w:val="00B65E18"/>
     <w:rsid w:val="00B677DE"/>
     <w:rsid w:val="00B70A67"/>
     <w:rsid w:val="00B71283"/>
     <w:rsid w:val="00B72DB3"/>
     <w:rsid w:val="00B73EC3"/>
     <w:rsid w:val="00B74DCA"/>
     <w:rsid w:val="00B7634E"/>
     <w:rsid w:val="00B77637"/>
     <w:rsid w:val="00B80077"/>
     <w:rsid w:val="00B813AA"/>
-    <w:rsid w:val="00B82BC7"/>
     <w:rsid w:val="00B83D68"/>
     <w:rsid w:val="00B846DD"/>
     <w:rsid w:val="00B85256"/>
     <w:rsid w:val="00B855A2"/>
     <w:rsid w:val="00B86668"/>
     <w:rsid w:val="00B86C23"/>
     <w:rsid w:val="00B90DDA"/>
     <w:rsid w:val="00B9123F"/>
     <w:rsid w:val="00B91596"/>
     <w:rsid w:val="00B91A9C"/>
     <w:rsid w:val="00B977F6"/>
     <w:rsid w:val="00BA0A59"/>
     <w:rsid w:val="00BA172F"/>
     <w:rsid w:val="00BA2931"/>
     <w:rsid w:val="00BA2CAD"/>
     <w:rsid w:val="00BA62D7"/>
     <w:rsid w:val="00BA6CAE"/>
     <w:rsid w:val="00BA784A"/>
     <w:rsid w:val="00BB2C97"/>
     <w:rsid w:val="00BB2E56"/>
     <w:rsid w:val="00BB3130"/>
     <w:rsid w:val="00BB4635"/>
     <w:rsid w:val="00BB582F"/>
     <w:rsid w:val="00BB5C6E"/>
+    <w:rsid w:val="00BB68EA"/>
     <w:rsid w:val="00BC108E"/>
+    <w:rsid w:val="00BC1BEF"/>
     <w:rsid w:val="00BC214A"/>
     <w:rsid w:val="00BC29E0"/>
-    <w:rsid w:val="00BC2BDD"/>
     <w:rsid w:val="00BC5E5A"/>
     <w:rsid w:val="00BC6F04"/>
     <w:rsid w:val="00BD01FF"/>
     <w:rsid w:val="00BD2912"/>
     <w:rsid w:val="00BD2A18"/>
     <w:rsid w:val="00BE08ED"/>
     <w:rsid w:val="00BE2D20"/>
     <w:rsid w:val="00BE318A"/>
     <w:rsid w:val="00BE45D8"/>
     <w:rsid w:val="00BE47D1"/>
     <w:rsid w:val="00BE68A7"/>
     <w:rsid w:val="00BE70FC"/>
     <w:rsid w:val="00BF1E50"/>
     <w:rsid w:val="00BF2199"/>
     <w:rsid w:val="00BF2801"/>
     <w:rsid w:val="00BF299F"/>
-    <w:rsid w:val="00BF47B1"/>
     <w:rsid w:val="00BF771C"/>
     <w:rsid w:val="00BF79BF"/>
     <w:rsid w:val="00BF7A10"/>
     <w:rsid w:val="00C00D5A"/>
     <w:rsid w:val="00C04A7A"/>
     <w:rsid w:val="00C05338"/>
     <w:rsid w:val="00C0547F"/>
     <w:rsid w:val="00C06B84"/>
     <w:rsid w:val="00C0710E"/>
     <w:rsid w:val="00C073A4"/>
     <w:rsid w:val="00C11F01"/>
     <w:rsid w:val="00C11F0D"/>
     <w:rsid w:val="00C12BFF"/>
     <w:rsid w:val="00C132D2"/>
     <w:rsid w:val="00C14DD2"/>
     <w:rsid w:val="00C172FC"/>
     <w:rsid w:val="00C21B11"/>
     <w:rsid w:val="00C21B86"/>
     <w:rsid w:val="00C21E1C"/>
     <w:rsid w:val="00C24E78"/>
     <w:rsid w:val="00C329BD"/>
     <w:rsid w:val="00C33F3F"/>
     <w:rsid w:val="00C34F1C"/>
     <w:rsid w:val="00C34FCA"/>
     <w:rsid w:val="00C35763"/>
     <w:rsid w:val="00C3595D"/>
     <w:rsid w:val="00C36213"/>
     <w:rsid w:val="00C40D4C"/>
     <w:rsid w:val="00C41A32"/>
     <w:rsid w:val="00C42436"/>
     <w:rsid w:val="00C426EE"/>
     <w:rsid w:val="00C42A0E"/>
     <w:rsid w:val="00C452F9"/>
     <w:rsid w:val="00C45D15"/>
     <w:rsid w:val="00C51D60"/>
     <w:rsid w:val="00C52F9B"/>
     <w:rsid w:val="00C53456"/>
     <w:rsid w:val="00C53CA9"/>
     <w:rsid w:val="00C5533D"/>
     <w:rsid w:val="00C56FEE"/>
     <w:rsid w:val="00C57C8C"/>
     <w:rsid w:val="00C61DC8"/>
     <w:rsid w:val="00C62AD3"/>
+    <w:rsid w:val="00C634AB"/>
     <w:rsid w:val="00C634DD"/>
     <w:rsid w:val="00C6353E"/>
     <w:rsid w:val="00C644E9"/>
     <w:rsid w:val="00C651C4"/>
     <w:rsid w:val="00C662EF"/>
     <w:rsid w:val="00C66BB7"/>
     <w:rsid w:val="00C67F77"/>
     <w:rsid w:val="00C72685"/>
     <w:rsid w:val="00C73583"/>
     <w:rsid w:val="00C7374B"/>
     <w:rsid w:val="00C75DF8"/>
     <w:rsid w:val="00C76199"/>
     <w:rsid w:val="00C77BD8"/>
+    <w:rsid w:val="00C81380"/>
     <w:rsid w:val="00C840FB"/>
     <w:rsid w:val="00C84180"/>
     <w:rsid w:val="00C84354"/>
     <w:rsid w:val="00C86865"/>
     <w:rsid w:val="00C86CD0"/>
     <w:rsid w:val="00C8701B"/>
     <w:rsid w:val="00C87F8D"/>
     <w:rsid w:val="00C9293D"/>
     <w:rsid w:val="00C94F2C"/>
     <w:rsid w:val="00C95121"/>
     <w:rsid w:val="00CA0D9D"/>
     <w:rsid w:val="00CA4253"/>
     <w:rsid w:val="00CA577E"/>
     <w:rsid w:val="00CB3F35"/>
     <w:rsid w:val="00CB5353"/>
     <w:rsid w:val="00CB5850"/>
     <w:rsid w:val="00CB6A3B"/>
     <w:rsid w:val="00CB7433"/>
     <w:rsid w:val="00CB7458"/>
     <w:rsid w:val="00CC01DC"/>
     <w:rsid w:val="00CC131B"/>
     <w:rsid w:val="00CC15A5"/>
     <w:rsid w:val="00CC185B"/>
     <w:rsid w:val="00CC34A4"/>
     <w:rsid w:val="00CC4788"/>
     <w:rsid w:val="00CC47FF"/>
+    <w:rsid w:val="00CC48F7"/>
     <w:rsid w:val="00CC50DA"/>
     <w:rsid w:val="00CC5C98"/>
     <w:rsid w:val="00CC7C9B"/>
     <w:rsid w:val="00CD0440"/>
     <w:rsid w:val="00CD1770"/>
     <w:rsid w:val="00CD1FC0"/>
     <w:rsid w:val="00CD244B"/>
     <w:rsid w:val="00CD30AF"/>
     <w:rsid w:val="00CD3416"/>
     <w:rsid w:val="00CD5699"/>
     <w:rsid w:val="00CD6210"/>
     <w:rsid w:val="00CD6795"/>
     <w:rsid w:val="00CD750B"/>
     <w:rsid w:val="00CD76AA"/>
     <w:rsid w:val="00CD76EF"/>
     <w:rsid w:val="00CE05AA"/>
     <w:rsid w:val="00CE2469"/>
     <w:rsid w:val="00CE2FFD"/>
     <w:rsid w:val="00CF12BA"/>
     <w:rsid w:val="00CF23F8"/>
     <w:rsid w:val="00CF51C5"/>
     <w:rsid w:val="00CF56E5"/>
     <w:rsid w:val="00CF5A79"/>
     <w:rsid w:val="00CF5AF4"/>
     <w:rsid w:val="00CF71AE"/>
@@ -17898,306 +16371,305 @@
     <w:rsid w:val="00D25D68"/>
     <w:rsid w:val="00D27DAD"/>
     <w:rsid w:val="00D27DB2"/>
     <w:rsid w:val="00D30283"/>
     <w:rsid w:val="00D31AD1"/>
     <w:rsid w:val="00D32C61"/>
     <w:rsid w:val="00D3367F"/>
     <w:rsid w:val="00D34104"/>
     <w:rsid w:val="00D346C4"/>
     <w:rsid w:val="00D356F5"/>
     <w:rsid w:val="00D36C5C"/>
     <w:rsid w:val="00D41C3D"/>
     <w:rsid w:val="00D42530"/>
     <w:rsid w:val="00D4551D"/>
     <w:rsid w:val="00D46482"/>
     <w:rsid w:val="00D50C09"/>
     <w:rsid w:val="00D520F3"/>
     <w:rsid w:val="00D52723"/>
     <w:rsid w:val="00D54864"/>
     <w:rsid w:val="00D55B32"/>
     <w:rsid w:val="00D56327"/>
     <w:rsid w:val="00D6007D"/>
     <w:rsid w:val="00D6102C"/>
     <w:rsid w:val="00D6250E"/>
     <w:rsid w:val="00D6294E"/>
-    <w:rsid w:val="00D62EE9"/>
-    <w:rsid w:val="00D67EE0"/>
     <w:rsid w:val="00D710AD"/>
     <w:rsid w:val="00D718C7"/>
     <w:rsid w:val="00D71B4B"/>
     <w:rsid w:val="00D728CF"/>
     <w:rsid w:val="00D75ACC"/>
     <w:rsid w:val="00D75CCE"/>
     <w:rsid w:val="00D76B5E"/>
     <w:rsid w:val="00D8085A"/>
     <w:rsid w:val="00D81943"/>
     <w:rsid w:val="00D828A4"/>
     <w:rsid w:val="00D8336E"/>
     <w:rsid w:val="00D84474"/>
     <w:rsid w:val="00D939F9"/>
     <w:rsid w:val="00D94A64"/>
     <w:rsid w:val="00D9787F"/>
     <w:rsid w:val="00DA083D"/>
     <w:rsid w:val="00DA40E4"/>
     <w:rsid w:val="00DA68EF"/>
     <w:rsid w:val="00DA71EA"/>
     <w:rsid w:val="00DA7E2F"/>
     <w:rsid w:val="00DA7F8D"/>
     <w:rsid w:val="00DB094C"/>
     <w:rsid w:val="00DB0B44"/>
     <w:rsid w:val="00DB562A"/>
     <w:rsid w:val="00DC1607"/>
     <w:rsid w:val="00DC4C3E"/>
     <w:rsid w:val="00DC6B94"/>
     <w:rsid w:val="00DC6DA4"/>
     <w:rsid w:val="00DD09C4"/>
     <w:rsid w:val="00DD2159"/>
     <w:rsid w:val="00DD2C10"/>
     <w:rsid w:val="00DD66E3"/>
     <w:rsid w:val="00DD6E0A"/>
     <w:rsid w:val="00DD6EC1"/>
     <w:rsid w:val="00DD7806"/>
+    <w:rsid w:val="00DE015D"/>
     <w:rsid w:val="00DE0A5F"/>
     <w:rsid w:val="00DE129C"/>
     <w:rsid w:val="00DE1656"/>
     <w:rsid w:val="00DE19B8"/>
     <w:rsid w:val="00DE1A33"/>
     <w:rsid w:val="00DE1D1E"/>
     <w:rsid w:val="00DE22C6"/>
     <w:rsid w:val="00DE3F99"/>
     <w:rsid w:val="00DE64B1"/>
     <w:rsid w:val="00DF1851"/>
     <w:rsid w:val="00DF2A23"/>
     <w:rsid w:val="00DF396D"/>
     <w:rsid w:val="00DF42A0"/>
     <w:rsid w:val="00DF4AE9"/>
     <w:rsid w:val="00DF4E57"/>
     <w:rsid w:val="00DF7931"/>
     <w:rsid w:val="00E00478"/>
     <w:rsid w:val="00E00E9B"/>
     <w:rsid w:val="00E00EC5"/>
     <w:rsid w:val="00E00EF4"/>
     <w:rsid w:val="00E0116F"/>
     <w:rsid w:val="00E01289"/>
     <w:rsid w:val="00E01C39"/>
     <w:rsid w:val="00E0293B"/>
     <w:rsid w:val="00E03443"/>
     <w:rsid w:val="00E0514F"/>
     <w:rsid w:val="00E10BB3"/>
     <w:rsid w:val="00E132FC"/>
     <w:rsid w:val="00E1372F"/>
     <w:rsid w:val="00E13B89"/>
     <w:rsid w:val="00E140EC"/>
     <w:rsid w:val="00E149AB"/>
+    <w:rsid w:val="00E21B64"/>
     <w:rsid w:val="00E23C44"/>
     <w:rsid w:val="00E258F3"/>
     <w:rsid w:val="00E2798F"/>
     <w:rsid w:val="00E30678"/>
     <w:rsid w:val="00E3291A"/>
     <w:rsid w:val="00E32C69"/>
     <w:rsid w:val="00E3368D"/>
     <w:rsid w:val="00E33E5E"/>
     <w:rsid w:val="00E346FC"/>
     <w:rsid w:val="00E35AB2"/>
     <w:rsid w:val="00E36ADB"/>
     <w:rsid w:val="00E36E5E"/>
     <w:rsid w:val="00E37B0B"/>
     <w:rsid w:val="00E4067A"/>
     <w:rsid w:val="00E40DFA"/>
     <w:rsid w:val="00E41305"/>
     <w:rsid w:val="00E41554"/>
     <w:rsid w:val="00E42845"/>
     <w:rsid w:val="00E42C00"/>
     <w:rsid w:val="00E45A30"/>
     <w:rsid w:val="00E45F47"/>
     <w:rsid w:val="00E468B1"/>
     <w:rsid w:val="00E478B5"/>
     <w:rsid w:val="00E50A17"/>
     <w:rsid w:val="00E50AE7"/>
     <w:rsid w:val="00E5153A"/>
     <w:rsid w:val="00E51800"/>
     <w:rsid w:val="00E520DF"/>
     <w:rsid w:val="00E540DE"/>
     <w:rsid w:val="00E567D8"/>
     <w:rsid w:val="00E56B44"/>
     <w:rsid w:val="00E615E2"/>
     <w:rsid w:val="00E62443"/>
     <w:rsid w:val="00E62782"/>
     <w:rsid w:val="00E64C0B"/>
     <w:rsid w:val="00E71DA5"/>
     <w:rsid w:val="00E73A00"/>
     <w:rsid w:val="00E73A51"/>
     <w:rsid w:val="00E745A1"/>
     <w:rsid w:val="00E75B99"/>
     <w:rsid w:val="00E7755A"/>
     <w:rsid w:val="00E807BB"/>
     <w:rsid w:val="00E831D1"/>
     <w:rsid w:val="00E833BB"/>
     <w:rsid w:val="00E85466"/>
     <w:rsid w:val="00E85864"/>
     <w:rsid w:val="00E86FE0"/>
-    <w:rsid w:val="00E87735"/>
     <w:rsid w:val="00E90216"/>
     <w:rsid w:val="00E91A7C"/>
     <w:rsid w:val="00E922A8"/>
     <w:rsid w:val="00E94272"/>
     <w:rsid w:val="00E9560D"/>
     <w:rsid w:val="00E9762E"/>
     <w:rsid w:val="00EA13F6"/>
     <w:rsid w:val="00EA6C2D"/>
     <w:rsid w:val="00EA732C"/>
     <w:rsid w:val="00EB24D7"/>
     <w:rsid w:val="00EB77A6"/>
     <w:rsid w:val="00EB78DA"/>
     <w:rsid w:val="00EB7BD8"/>
     <w:rsid w:val="00EC07CA"/>
     <w:rsid w:val="00EC0BCD"/>
     <w:rsid w:val="00EC0D88"/>
     <w:rsid w:val="00EC14B7"/>
     <w:rsid w:val="00EC261D"/>
     <w:rsid w:val="00EC3825"/>
     <w:rsid w:val="00ED15F0"/>
     <w:rsid w:val="00ED5ECA"/>
+    <w:rsid w:val="00ED622A"/>
     <w:rsid w:val="00ED66E6"/>
     <w:rsid w:val="00ED6AF1"/>
-    <w:rsid w:val="00ED7864"/>
     <w:rsid w:val="00EE146A"/>
     <w:rsid w:val="00EE1C35"/>
     <w:rsid w:val="00EE3218"/>
     <w:rsid w:val="00EE4842"/>
     <w:rsid w:val="00EE6158"/>
     <w:rsid w:val="00EE675D"/>
     <w:rsid w:val="00EF2B3C"/>
     <w:rsid w:val="00EF2EEE"/>
     <w:rsid w:val="00EF701D"/>
-    <w:rsid w:val="00F00FB5"/>
     <w:rsid w:val="00F01607"/>
     <w:rsid w:val="00F05E96"/>
     <w:rsid w:val="00F0619D"/>
     <w:rsid w:val="00F07513"/>
     <w:rsid w:val="00F105C8"/>
     <w:rsid w:val="00F11A5D"/>
     <w:rsid w:val="00F126C7"/>
     <w:rsid w:val="00F14529"/>
     <w:rsid w:val="00F15595"/>
     <w:rsid w:val="00F17469"/>
     <w:rsid w:val="00F17EB4"/>
     <w:rsid w:val="00F216E4"/>
     <w:rsid w:val="00F223BE"/>
     <w:rsid w:val="00F22C16"/>
     <w:rsid w:val="00F23A60"/>
-    <w:rsid w:val="00F24422"/>
     <w:rsid w:val="00F27D0C"/>
     <w:rsid w:val="00F30116"/>
     <w:rsid w:val="00F304CD"/>
     <w:rsid w:val="00F31EDA"/>
     <w:rsid w:val="00F320C5"/>
     <w:rsid w:val="00F32A4A"/>
     <w:rsid w:val="00F3463E"/>
+    <w:rsid w:val="00F3469C"/>
     <w:rsid w:val="00F3637E"/>
     <w:rsid w:val="00F36864"/>
     <w:rsid w:val="00F40188"/>
     <w:rsid w:val="00F40861"/>
     <w:rsid w:val="00F418A3"/>
     <w:rsid w:val="00F41BF9"/>
     <w:rsid w:val="00F44F6D"/>
     <w:rsid w:val="00F471BA"/>
     <w:rsid w:val="00F47705"/>
     <w:rsid w:val="00F50526"/>
     <w:rsid w:val="00F509BE"/>
     <w:rsid w:val="00F5177C"/>
     <w:rsid w:val="00F51983"/>
     <w:rsid w:val="00F51E5D"/>
     <w:rsid w:val="00F51F3E"/>
     <w:rsid w:val="00F54DDF"/>
     <w:rsid w:val="00F56CE5"/>
     <w:rsid w:val="00F57081"/>
     <w:rsid w:val="00F57837"/>
     <w:rsid w:val="00F61352"/>
     <w:rsid w:val="00F61B3E"/>
     <w:rsid w:val="00F62B00"/>
     <w:rsid w:val="00F6360D"/>
+    <w:rsid w:val="00F637AE"/>
     <w:rsid w:val="00F64DEE"/>
     <w:rsid w:val="00F6638B"/>
     <w:rsid w:val="00F66553"/>
     <w:rsid w:val="00F66719"/>
     <w:rsid w:val="00F71252"/>
     <w:rsid w:val="00F73659"/>
     <w:rsid w:val="00F74EB2"/>
     <w:rsid w:val="00F75C57"/>
     <w:rsid w:val="00F75D56"/>
     <w:rsid w:val="00F768B7"/>
     <w:rsid w:val="00F76B0C"/>
     <w:rsid w:val="00F77FDD"/>
     <w:rsid w:val="00F80CF3"/>
     <w:rsid w:val="00F80D43"/>
     <w:rsid w:val="00F812A7"/>
     <w:rsid w:val="00F82E7B"/>
     <w:rsid w:val="00F8344C"/>
     <w:rsid w:val="00F87AF4"/>
     <w:rsid w:val="00F90B5B"/>
     <w:rsid w:val="00F90F82"/>
     <w:rsid w:val="00F93D68"/>
     <w:rsid w:val="00F94D35"/>
+    <w:rsid w:val="00F95162"/>
     <w:rsid w:val="00FA2C50"/>
     <w:rsid w:val="00FA45DA"/>
     <w:rsid w:val="00FA4F9E"/>
     <w:rsid w:val="00FA606F"/>
     <w:rsid w:val="00FA68A6"/>
     <w:rsid w:val="00FB2A3C"/>
     <w:rsid w:val="00FB3420"/>
     <w:rsid w:val="00FB76C7"/>
     <w:rsid w:val="00FC055E"/>
     <w:rsid w:val="00FC1691"/>
     <w:rsid w:val="00FC2959"/>
     <w:rsid w:val="00FC45B9"/>
     <w:rsid w:val="00FC64E2"/>
     <w:rsid w:val="00FC6C25"/>
     <w:rsid w:val="00FC6F73"/>
     <w:rsid w:val="00FD04FB"/>
     <w:rsid w:val="00FD082E"/>
     <w:rsid w:val="00FD0F2F"/>
     <w:rsid w:val="00FD2292"/>
     <w:rsid w:val="00FD22FF"/>
     <w:rsid w:val="00FD2E70"/>
     <w:rsid w:val="00FD2F67"/>
     <w:rsid w:val="00FD3550"/>
     <w:rsid w:val="00FD3AFB"/>
     <w:rsid w:val="00FD5A3C"/>
     <w:rsid w:val="00FD64E6"/>
     <w:rsid w:val="00FD6AC5"/>
     <w:rsid w:val="00FE081E"/>
     <w:rsid w:val="00FE1921"/>
     <w:rsid w:val="00FE30CB"/>
     <w:rsid w:val="00FE514A"/>
     <w:rsid w:val="00FE5DCC"/>
     <w:rsid w:val="00FE6321"/>
     <w:rsid w:val="00FE65A1"/>
     <w:rsid w:val="00FE6CC5"/>
     <w:rsid w:val="00FE7DF8"/>
-    <w:rsid w:val="00FF0A39"/>
     <w:rsid w:val="00FF0CC1"/>
     <w:rsid w:val="00FF3E65"/>
     <w:rsid w:val="00FF4FE6"/>
     <w:rsid w:val="00FF6EA6"/>
     <w:rsid w:val="00FF72BD"/>
     <w:rsid w:val="00FF7F8A"/>
     <w:rsid w:val="01472543"/>
     <w:rsid w:val="01937BD1"/>
     <w:rsid w:val="0307DE56"/>
     <w:rsid w:val="03560CC7"/>
     <w:rsid w:val="05C123B3"/>
     <w:rsid w:val="0649E58A"/>
     <w:rsid w:val="06FFC35C"/>
     <w:rsid w:val="079AFD80"/>
     <w:rsid w:val="09FC6462"/>
     <w:rsid w:val="0A6073CE"/>
     <w:rsid w:val="0B1D56AD"/>
     <w:rsid w:val="0B3437FD"/>
     <w:rsid w:val="0BF54586"/>
     <w:rsid w:val="0C04A939"/>
     <w:rsid w:val="0C14B184"/>
     <w:rsid w:val="0D1B321A"/>
     <w:rsid w:val="0E4F0EBE"/>
     <w:rsid w:val="0E5CE4F5"/>
     <w:rsid w:val="100BE1CE"/>
@@ -18297,68 +16769,68 @@
     <w:rsid w:val="764507A1"/>
     <w:rsid w:val="77E64B2E"/>
     <w:rsid w:val="7872C232"/>
     <w:rsid w:val="7CBC2BA0"/>
     <w:rsid w:val="7D0F0A38"/>
     <w:rsid w:val="7D68F74B"/>
     <w:rsid w:val="7D788421"/>
     <w:rsid w:val="7EE40284"/>
     <w:rsid w:val="7F764541"/>
     <w:rsid w:val="7FACBB54"/>
     <w:rsid w:val="7FB2D62F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4025FD3B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{999BBF17-7893-4E3A-AB5F-6CE9681F71A2}"/>
+  <w15:docId w15:val="{6C5BB59D-18C8-48B2-B2B1-9F12442674BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19392,51 +17864,51 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A92433"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003E59CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="114064327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="301887695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19571,196 +18043,95 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2051030637">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:property@jabirukabolkmakmen.com.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:property@jabirupropertyservices.com.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:property@jabirupropertytservices.com.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:property@jabirupropertyservices.com.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jabirupropertyservices.com.au" TargetMode="External"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
-<file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9CFCD25E431E45398B906E18D68C6CC5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0CF87C94-0B8B-444A-AEF8-8951F6A71892}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EF25F6" w:rsidRDefault="00875A21" w:rsidP="00875A21">
           <w:pPr>
             <w:pStyle w:val="9CFCD25E431E45398B906E18D68C6CC54"/>
-          </w:pPr>
-[...91 lines deleted...]
-            <w:pStyle w:val="20D8AABDFC274AC2A9E13A5E4C0179884"/>
           </w:pPr>
           <w:r w:rsidRPr="000927D0">
             <w:rPr>
               <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Type here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0398E9DAA1494A3C98CB254593930C9D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
@@ -21875,277 +20246,282 @@
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA2BF6BC-C172-494E-B286-82711ECCE202}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00416AFA" w:rsidRDefault="00E349EC" w:rsidP="00E349EC">
           <w:pPr>
             <w:pStyle w:val="0F823233B5124F089B97BC67744DA385"/>
           </w:pPr>
           <w:r w:rsidRPr="000927D0">
             <w:rPr>
               <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Type here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Ink Free">
     <w:panose1 w:val="03080402000500000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei UI">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Daytona">
-    <w:altName w:val="Daytona"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF25F6"/>
+    <w:rsid w:val="00041F01"/>
+    <w:rsid w:val="000617E4"/>
     <w:rsid w:val="00092CD1"/>
-    <w:rsid w:val="000A7A2F"/>
     <w:rsid w:val="0017311D"/>
     <w:rsid w:val="00193D45"/>
     <w:rsid w:val="00196BA2"/>
     <w:rsid w:val="00197F98"/>
     <w:rsid w:val="001A235F"/>
-    <w:rsid w:val="001D0C80"/>
     <w:rsid w:val="00220634"/>
     <w:rsid w:val="00225D5B"/>
     <w:rsid w:val="0022656A"/>
-    <w:rsid w:val="00227073"/>
     <w:rsid w:val="00237DB7"/>
     <w:rsid w:val="00253641"/>
     <w:rsid w:val="0030639D"/>
     <w:rsid w:val="00306A26"/>
     <w:rsid w:val="00381DDE"/>
     <w:rsid w:val="00416AFA"/>
-    <w:rsid w:val="00424D59"/>
     <w:rsid w:val="004311D1"/>
+    <w:rsid w:val="00437A34"/>
     <w:rsid w:val="00452BD1"/>
     <w:rsid w:val="004C1428"/>
     <w:rsid w:val="00532502"/>
+    <w:rsid w:val="005347C9"/>
     <w:rsid w:val="00580604"/>
     <w:rsid w:val="00585123"/>
     <w:rsid w:val="00637A47"/>
     <w:rsid w:val="00641059"/>
     <w:rsid w:val="00695037"/>
     <w:rsid w:val="006A540F"/>
     <w:rsid w:val="006E6A3C"/>
     <w:rsid w:val="00787B13"/>
     <w:rsid w:val="008211F6"/>
-    <w:rsid w:val="00827E12"/>
     <w:rsid w:val="00875A21"/>
     <w:rsid w:val="008F7661"/>
     <w:rsid w:val="009442A9"/>
     <w:rsid w:val="00947C2E"/>
+    <w:rsid w:val="00986181"/>
     <w:rsid w:val="00992E35"/>
     <w:rsid w:val="009A3474"/>
-    <w:rsid w:val="009D6ABE"/>
     <w:rsid w:val="009F27DD"/>
     <w:rsid w:val="00A342E4"/>
+    <w:rsid w:val="00A4222A"/>
     <w:rsid w:val="00AA0E22"/>
     <w:rsid w:val="00AB106A"/>
     <w:rsid w:val="00AC7FFE"/>
     <w:rsid w:val="00AD1E8F"/>
-    <w:rsid w:val="00B12F79"/>
     <w:rsid w:val="00B414F2"/>
     <w:rsid w:val="00B510ED"/>
-    <w:rsid w:val="00B82BC7"/>
     <w:rsid w:val="00B9106E"/>
     <w:rsid w:val="00C12A67"/>
     <w:rsid w:val="00D40CAA"/>
+    <w:rsid w:val="00DB4DDD"/>
     <w:rsid w:val="00DC31A5"/>
     <w:rsid w:val="00DD76D1"/>
+    <w:rsid w:val="00E32C97"/>
     <w:rsid w:val="00E349EC"/>
     <w:rsid w:val="00E87A79"/>
-    <w:rsid w:val="00EC17E2"/>
-    <w:rsid w:val="00EF1468"/>
     <w:rsid w:val="00EF25F6"/>
-    <w:rsid w:val="00F00FB5"/>
+    <w:rsid w:val="00F3469C"/>
     <w:rsid w:val="00FA56E8"/>
     <w:rsid w:val="00FC72EB"/>
     <w:rsid w:val="00FF407D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22538,92 +20914,50 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00532502"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CFCD25E431E45398B906E18D68C6CC54">
     <w:name w:val="9CFCD25E431E45398B906E18D68C6CC54"/>
-    <w:rsid w:val="00875A21"/>
-[...40 lines deleted...]
-    <w:name w:val="20D8AABDFC274AC2A9E13A5E4C0179884"/>
     <w:rsid w:val="00875A21"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0398E9DAA1494A3C98CB254593930C9D4">
     <w:name w:val="0398E9DAA1494A3C98CB254593930C9D4"/>
     <w:rsid w:val="00875A21"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
@@ -23083,51 +21417,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA0EBD7852B04C39A45789729BECE0A1">
     <w:name w:val="CA0EBD7852B04C39A45789729BECE0A1"/>
     <w:rsid w:val="00193D45"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="91E3516021DE476A9CAD7B635CFF05AD">
     <w:name w:val="91E3516021DE476A9CAD7B635CFF05AD"/>
     <w:rsid w:val="00193D45"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5E64B5D4FC14DEF845AED2933E04570">
     <w:name w:val="E5E64B5D4FC14DEF845AED2933E04570"/>
     <w:rsid w:val="00193D45"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3501B3C71FA41338AF7BE3B64449992">
     <w:name w:val="D3501B3C71FA41338AF7BE3B64449992"/>
     <w:rsid w:val="00193D45"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F823233B5124F089B97BC67744DA385">
     <w:name w:val="0F823233B5124F089B97BC67744DA385"/>
     <w:rsid w:val="00E349EC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -23410,62 +21744,62 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c6f0945-5334-4066-bab9-6f2e206c709f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="60c8a2e3-3e54-497a-b686-1f0533d88fd1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002487CEE8AB392D4FBA11D047AA0A4EF5" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f63171f5e7bbf37b5de0c4f5f083b4d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="60c8a2e3-3e54-497a-b686-1f0533d88fd1" xmlns:ns3="6c6f0945-5334-4066-bab9-6f2e206c709f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2bbea85f84a965f32499b76ee2bb9920" ns2:_="" ns3:_="">
     <xsd:import namespace="60c8a2e3-3e54-497a-b686-1f0533d88fd1"/>
     <xsd:import namespace="6c6f0945-5334-4066-bab9-6f2e206c709f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -23688,117 +22022,117 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AEEF701-1F5A-4B72-98C9-34A6FF1AB10F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069D9CDA-6700-4CFD-B343-7AEEB3C18ABD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B611652D-974B-49F5-911E-3CA1582D0D37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c6f0945-5334-4066-bab9-6f2e206c709f"/>
     <ds:schemaRef ds:uri="60c8a2e3-3e54-497a-b686-1f0533d88fd1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B1D61F5-CE7D-497F-AE9A-73B8BD932C18}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4F20F9-D5C6-4CAA-A137-54BC2D0154C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="60c8a2e3-3e54-497a-b686-1f0533d88fd1"/>
     <ds:schemaRef ds:uri="6c6f0945-5334-4066-bab9-6f2e206c709f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>11360</Characters>
+  <Pages>5</Pages>
+  <Words>1230</Words>
+  <Characters>7017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13326</CharactersWithSpaces>
+  <CharactersWithSpaces>8231</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>operations</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002487CEE8AB392D4FBA11D047AA0A4EF5</vt:lpwstr>